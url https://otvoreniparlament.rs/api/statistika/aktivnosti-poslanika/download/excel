--- v0 (2025-12-22)
+++ v1 (2026-01-21)
@@ -12,530 +12,449 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanički klub</t>
   </si>
   <si>
     <t>Govori o amandmanima</t>
   </si>
   <si>
     <t>Govori o aktima</t>
   </si>
   <si>
     <t>Poslovnik</t>
   </si>
   <si>
     <t>Replike</t>
   </si>
   <si>
     <t>Postavljanje poslaničkih pitanja</t>
   </si>
   <si>
     <t>Traženje obaveštenja i objašnjenja</t>
   </si>
   <si>
     <t>Ukupan broj obraćanja</t>
   </si>
   <si>
     <t>Milenko Jovanov</t>
   </si>
   <si>
     <t>AV-SNSDS</t>
   </si>
   <si>
+    <t>Radomir Lazović</t>
+  </si>
+  <si>
+    <t>ZF-NDB</t>
+  </si>
+  <si>
+    <t>Borislav Novaković</t>
+  </si>
+  <si>
+    <t>NPS-NLS</t>
+  </si>
+  <si>
+    <t>Petar Bošković</t>
+  </si>
+  <si>
+    <t>SC-S</t>
+  </si>
+  <si>
+    <t>Marijan Rističević</t>
+  </si>
+  <si>
+    <t>Miroslav Aleksić</t>
+  </si>
+  <si>
+    <t>Aleksandar Mirković</t>
+  </si>
+  <si>
+    <t>Peđa Mitrović</t>
+  </si>
+  <si>
+    <t>SSIP</t>
+  </si>
+  <si>
+    <t>Slobodan Petrović</t>
+  </si>
+  <si>
+    <t>Branko Lukić</t>
+  </si>
+  <si>
+    <t>MSNPDBN</t>
+  </si>
+  <si>
+    <t>Miloš Parandilović</t>
+  </si>
+  <si>
+    <t>Ivana Rokvić</t>
+  </si>
+  <si>
+    <t>Pavle Grbović</t>
+  </si>
+  <si>
+    <t>PSG(�SDAS(S�PZDD(</t>
+  </si>
+  <si>
+    <t>Mitar Kovač</t>
+  </si>
+  <si>
+    <t>M-GIN</t>
+  </si>
+  <si>
+    <t>Biljana Đorđević</t>
+  </si>
+  <si>
+    <t>Đorđe Stanković</t>
+  </si>
+  <si>
+    <t>Natalija Stojmenović</t>
+  </si>
+  <si>
+    <t>Ahmedin Škrijelj</t>
+  </si>
+  <si>
+    <t>Uglješa Mrdić</t>
+  </si>
+  <si>
+    <t>Elvira Kovač</t>
+  </si>
+  <si>
+    <t>SVM</t>
+  </si>
+  <si>
+    <t>Tatjana Marković-Topalović</t>
+  </si>
+  <si>
+    <t>Radoslav Milojičić</t>
+  </si>
+  <si>
+    <t>Uglješa Marković</t>
+  </si>
+  <si>
+    <t>ID-SPS(</t>
+  </si>
+  <si>
+    <t>Dušan Nikezić</t>
+  </si>
+  <si>
+    <t>Đorđe Pavićević</t>
+  </si>
+  <si>
+    <t>Stefan Janjić</t>
+  </si>
+  <si>
+    <t>Ana Brnabić</t>
+  </si>
+  <si>
+    <t>Đorđe Komlenski</t>
+  </si>
+  <si>
+    <t>ZS-PS</t>
+  </si>
+  <si>
+    <t>Borko Stefanović</t>
+  </si>
+  <si>
+    <t>Ana Eraković</t>
+  </si>
+  <si>
+    <t>Jelena Jerinić</t>
+  </si>
+  <si>
+    <t>Željko Veselinović</t>
+  </si>
+  <si>
+    <t>PS-DSSP</t>
+  </si>
+  <si>
+    <t>Vladimir Đukanović</t>
+  </si>
+  <si>
+    <t>Života Starčević</t>
+  </si>
+  <si>
+    <t>DMP-JS</t>
+  </si>
+  <si>
+    <t>Aleksandra Tomić</t>
+  </si>
+  <si>
     <t>Nataša Jovanović</t>
   </si>
   <si>
-    <t>Marijan Rističević</t>
-[...32 lines deleted...]
-    <t>Ivana Rokvić</t>
+    <t>Milija Miletić</t>
+  </si>
+  <si>
+    <t>NPKN�PG</t>
+  </si>
+  <si>
+    <t>Marko Atlagić</t>
+  </si>
+  <si>
+    <t>Mila Popović</t>
+  </si>
+  <si>
+    <t>Marina Mijatović</t>
+  </si>
+  <si>
+    <t>Slobodan Ilić</t>
+  </si>
+  <si>
+    <t>Ana Jakovljević</t>
+  </si>
+  <si>
+    <t>Rastislav Dinić</t>
+  </si>
+  <si>
+    <t>Bogdan Radovanović</t>
+  </si>
+  <si>
+    <t>Aleksandar Pavić</t>
+  </si>
+  <si>
+    <t>Borislav Antonijević</t>
+  </si>
+  <si>
+    <t>Šaip Kamberi</t>
+  </si>
+  <si>
+    <t>Biljana Pantić Pilja</t>
+  </si>
+  <si>
+    <t>Nebojša Bakarec</t>
+  </si>
+  <si>
+    <t>Bojan Torbica</t>
+  </si>
+  <si>
+    <t>Dragan Nikolić</t>
+  </si>
+  <si>
+    <t>Milica Nikolić</t>
+  </si>
+  <si>
+    <t>Miroslav Petrašinović</t>
+  </si>
+  <si>
+    <t>Stefan Krkobabić</t>
+  </si>
+  <si>
+    <t>P-SIP</t>
+  </si>
+  <si>
+    <t>Aleksandar Marković</t>
+  </si>
+  <si>
+    <t>Slavica Radovanović</t>
+  </si>
+  <si>
+    <t>Anna Oreg</t>
+  </si>
+  <si>
+    <t>Uroš Đokić</t>
+  </si>
+  <si>
+    <t>Slobodan Cvejić</t>
   </si>
   <si>
     <t>Branko Miljuš</t>
   </si>
   <si>
-    <t>Natalija Stojmenović</t>
-[...8 lines deleted...]
-    <t>MSNPDBN</t>
+    <t>Jelena Spirić</t>
+  </si>
+  <si>
+    <t>Sonja Pernat</t>
+  </si>
+  <si>
+    <t>Irena Živković</t>
+  </si>
+  <si>
+    <t>Aleksandar Ivanović</t>
+  </si>
+  <si>
+    <t>Đorđo Đorđić</t>
+  </si>
+  <si>
+    <t>Verica Milanović</t>
+  </si>
+  <si>
+    <t>Branko Pavlović</t>
+  </si>
+  <si>
+    <t>Dragan Stanojević</t>
+  </si>
+  <si>
+    <t>Edin Numanović</t>
+  </si>
+  <si>
+    <t>Olja Petrović</t>
+  </si>
+  <si>
+    <t>Milovan Drecun</t>
+  </si>
+  <si>
+    <t>Stefan Kitanović</t>
+  </si>
+  <si>
+    <t>Milimir Vujadinović</t>
+  </si>
+  <si>
+    <t>Branimir Jovanović</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>Nada Macura</t>
+  </si>
+  <si>
+    <t>Svetlana Milijić</t>
+  </si>
+  <si>
+    <t>Goran Milić</t>
+  </si>
+  <si>
+    <t>Jasmina Karanac</t>
+  </si>
+  <si>
+    <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Veroljub Arsić</t>
   </si>
   <si>
-    <t>Uroš Đokić</t>
+    <t>Dubravka Filipovski</t>
+  </si>
+  <si>
+    <t>Vesna Nedović</t>
+  </si>
+  <si>
+    <t>Risto Kostov</t>
+  </si>
+  <si>
+    <t>Sanja Jefić Branković</t>
+  </si>
+  <si>
+    <t>Olivera Denić</t>
+  </si>
+  <si>
+    <t>Dragan M. Marković</t>
+  </si>
+  <si>
+    <t>Mirka Lukić Šarkanović</t>
+  </si>
+  <si>
+    <t>Marija Jevđić</t>
+  </si>
+  <si>
+    <t>Dijana Radović</t>
+  </si>
+  <si>
+    <t>Zagorka Aleksić</t>
+  </si>
+  <si>
+    <t>Boris Bajić</t>
   </si>
   <si>
     <t>Marinika Tepić</t>
   </si>
   <si>
-    <t>Biljana Đorđević</t>
-[...13 lines deleted...]
-  <si>
     <t>Zdravko Ponoš</t>
   </si>
   <si>
     <t>Jelena Milošević</t>
   </si>
   <si>
-    <t>Borislav Novaković</t>
-[...19 lines deleted...]
-  <si>
     <t>Robert Kozma</t>
   </si>
   <si>
-    <t>Borislav Antonijević</t>
-[...35 lines deleted...]
-    <t>Rastislav Dinić</t>
+    <t>Tatjana Pašić</t>
+  </si>
+  <si>
+    <t>Nenad Milojičić</t>
+  </si>
+  <si>
+    <t>Vladimir Pajić</t>
+  </si>
+  <si>
+    <t>Dalibor Jekić</t>
+  </si>
+  <si>
+    <t>Snežana Rakić</t>
   </si>
   <si>
     <t>Jovan Janjić</t>
   </si>
   <si>
-    <t>M-GIN</t>
-[...19 lines deleted...]
-  <si>
     <t>Dragan Ninković</t>
   </si>
   <si>
-    <t>Muamer Bačevac</t>
-[...80 lines deleted...]
-    <t>Šaip Kamberi</t>
+    <t>Dane Stanojčić</t>
+  </si>
+  <si>
+    <t>Minela Kalender</t>
+  </si>
+  <si>
+    <t>Sanja Ćalović</t>
+  </si>
+  <si>
+    <t>Dubravka Kralj</t>
+  </si>
+  <si>
+    <t>Marina Raguš</t>
   </si>
   <si>
     <t>Nevena Đurić</t>
-  </si>
-[...184 lines deleted...]
-    <t>Ana Beloica Martać</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -849,51 +768,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I135"/>
+  <dimension ref="A1:I109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -905,3925 +824,3171 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="D2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F2">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2">
-        <v>67</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D3">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="E3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I3">
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C4">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D4">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F4">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I4">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C5">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D5">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E5">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F5">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I5">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D7">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C8">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="D8">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I8">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E9">
+        <v>1</v>
+      </c>
+      <c r="F9">
+        <v>0</v>
+      </c>
+      <c r="G9">
+        <v>0</v>
+      </c>
+      <c r="H9">
+        <v>0</v>
+      </c>
+      <c r="I9">
         <v>14</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C10">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I10">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C11">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D11">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E11">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F11">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I11">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12">
         <v>2</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F12">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D13">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E13">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C14">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I14">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B15" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C15">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D15">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E15">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C16">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I17">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I18">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C19">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D19">
         <v>2</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I19">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B20" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="C20">
+        <v>0</v>
+      </c>
+      <c r="D20">
         <v>4</v>
       </c>
-      <c r="D20">
-[...1 lines deleted...]
-      </c>
       <c r="E20">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F20">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B21" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C21">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D21">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I21">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B22" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="C22">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I22">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C23">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D23">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>1</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D24">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E24">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F24">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I24">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B25" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C25">
         <v>5</v>
       </c>
       <c r="D25">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B26" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="C26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C27">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D27">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B28" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C28">
+        <v>0</v>
+      </c>
+      <c r="D28">
+        <v>2</v>
+      </c>
+      <c r="E28">
+        <v>0</v>
+      </c>
+      <c r="F28">
         <v>4</v>
       </c>
-      <c r="D28">
-[...7 lines deleted...]
-      </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I28">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B29" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="C29">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D29">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E29">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I29">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B30" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B31" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D31">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
       <c r="F31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B32" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="C32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D32">
+        <v>2</v>
+      </c>
+      <c r="E32">
+        <v>0</v>
+      </c>
+      <c r="F32">
+        <v>0</v>
+      </c>
+      <c r="G32">
+        <v>0</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32">
         <v>5</v>
-      </c>
-[...13 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B33" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C33">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D33">
+        <v>3</v>
+      </c>
+      <c r="E33">
+        <v>0</v>
+      </c>
+      <c r="F33">
+        <v>0</v>
+      </c>
+      <c r="G33">
+        <v>0</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33">
         <v>5</v>
-      </c>
-[...13 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B34" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="C34">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D34">
+        <v>0</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
         <v>4</v>
       </c>
-      <c r="E34">
-[...4 lines deleted...]
-      </c>
       <c r="G34">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H34">
         <v>0</v>
       </c>
       <c r="I34">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B35" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D35">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E35">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F35">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I35">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="C36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D36">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E36">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F36">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I36">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B37" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D37">
+        <v>1</v>
+      </c>
+      <c r="E37">
+        <v>0</v>
+      </c>
+      <c r="F37">
+        <v>2</v>
+      </c>
+      <c r="G37">
+        <v>0</v>
+      </c>
+      <c r="H37">
+        <v>0</v>
+      </c>
+      <c r="I37">
         <v>3</v>
-      </c>
-[...13 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B38" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="C38">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>0</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B39" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="C39">
         <v>0</v>
       </c>
       <c r="D39">
+        <v>2</v>
+      </c>
+      <c r="E39">
+        <v>0</v>
+      </c>
+      <c r="F39">
+        <v>0</v>
+      </c>
+      <c r="G39">
+        <v>0</v>
+      </c>
+      <c r="H39">
+        <v>1</v>
+      </c>
+      <c r="I39">
         <v>3</v>
-      </c>
-[...13 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B40" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D40">
         <v>2</v>
       </c>
       <c r="E40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F40">
         <v>1</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I40">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B41" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="C41">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D41">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
       <c r="F41">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B42" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
       <c r="D42">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E42">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>0</v>
       </c>
       <c r="I42">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B43" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D43">
+        <v>2</v>
+      </c>
+      <c r="E43">
+        <v>0</v>
+      </c>
+      <c r="F43">
+        <v>0</v>
+      </c>
+      <c r="G43">
+        <v>0</v>
+      </c>
+      <c r="H43">
+        <v>1</v>
+      </c>
+      <c r="I43">
         <v>3</v>
-      </c>
-[...13 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B44" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C44">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E44">
         <v>0</v>
       </c>
       <c r="F44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I44">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B45" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="C45">
         <v>3</v>
       </c>
       <c r="D45">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I45">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B46" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="C46">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E46">
+        <v>0</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
+      </c>
+      <c r="G46">
+        <v>0</v>
+      </c>
+      <c r="H46">
+        <v>1</v>
+      </c>
+      <c r="I46">
         <v>3</v>
-      </c>
-[...10 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B47" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="C47">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
       <c r="F47">
         <v>0</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I47">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B48" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="C48">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D48">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E48">
         <v>0</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B49" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="C49">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D49">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E49">
         <v>1</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>71</v>
       </c>
       <c r="B50" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="C50">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E50">
         <v>0</v>
       </c>
       <c r="F50">
         <v>0</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B51" t="s">
-        <v>74</v>
+        <v>47</v>
       </c>
       <c r="C51">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E51">
         <v>0</v>
       </c>
       <c r="F51">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I51">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B52" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B53" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C53">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D53">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E53">
         <v>0</v>
       </c>
       <c r="F53">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B54" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C54">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>0</v>
       </c>
       <c r="I54">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B55" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="C55">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D55">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E55">
         <v>0</v>
       </c>
       <c r="F55">
         <v>0</v>
       </c>
       <c r="G55">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H55">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I55">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B56" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C56">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D56">
         <v>1</v>
       </c>
       <c r="E56">
         <v>0</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I56">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B57" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="C57">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I57">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B58" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="C58">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E58">
         <v>0</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B59" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="C59">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D59">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E59">
         <v>0</v>
       </c>
       <c r="F59">
         <v>0</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B60" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
       <c r="D60">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E60">
         <v>0</v>
       </c>
       <c r="F60">
         <v>0</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B61" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C61">
         <v>0</v>
       </c>
       <c r="D61">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E61">
         <v>2</v>
       </c>
       <c r="F61">
         <v>0</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
         <v>0</v>
       </c>
       <c r="I61">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B62" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C62">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D62">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E62">
         <v>0</v>
       </c>
       <c r="F62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I62">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B63" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="C63">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D63">
         <v>0</v>
       </c>
       <c r="E63">
         <v>0</v>
       </c>
       <c r="F63">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I63">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B64" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="C64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D64">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
       <c r="F64">
         <v>0</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I64">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B65" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C65">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D65">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E65">
         <v>0</v>
       </c>
       <c r="F65">
         <v>0</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B66" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E66">
         <v>0</v>
       </c>
       <c r="F66">
         <v>1</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B67" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="C67">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E67">
         <v>0</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B68" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C68">
         <v>0</v>
       </c>
       <c r="D68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E68">
         <v>0</v>
       </c>
       <c r="F68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I68">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B69" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C69">
         <v>0</v>
       </c>
       <c r="D69">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69">
         <v>0</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I69">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B70" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="C70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E70">
         <v>0</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I70">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B71" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C71">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D71">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E71">
         <v>0</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B72" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="C72">
         <v>0</v>
       </c>
       <c r="D72">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E72">
         <v>0</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I72">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B73" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C73">
         <v>0</v>
       </c>
       <c r="D73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E73">
         <v>0</v>
       </c>
       <c r="F73">
         <v>0</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I73">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B74" t="s">
         <v>10</v>
       </c>
       <c r="C74">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D74">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E74">
         <v>0</v>
       </c>
       <c r="F74">
         <v>0</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
         <v>0</v>
       </c>
       <c r="I74">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>97</v>
+      </c>
+      <c r="B75" t="s">
         <v>98</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D75">
         <v>1</v>
       </c>
       <c r="E75">
         <v>0</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>99</v>
       </c>
       <c r="B76" t="s">
         <v>10</v>
       </c>
       <c r="C76">
         <v>0</v>
       </c>
       <c r="D76">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E76">
         <v>0</v>
       </c>
       <c r="F76">
         <v>0</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>100</v>
       </c>
       <c r="B77" t="s">
         <v>10</v>
       </c>
       <c r="C77">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D77">
         <v>0</v>
       </c>
       <c r="E77">
         <v>0</v>
       </c>
       <c r="F77">
         <v>0</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>101</v>
       </c>
       <c r="B78" t="s">
         <v>10</v>
       </c>
       <c r="C78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D78">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E78">
         <v>0</v>
       </c>
       <c r="F78">
         <v>0</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>102</v>
       </c>
       <c r="B79" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="C79">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D79">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E79">
         <v>0</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I79">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>103</v>
       </c>
       <c r="B80" t="s">
         <v>10</v>
       </c>
       <c r="C80">
         <v>1</v>
       </c>
       <c r="D80">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E80">
         <v>0</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>104</v>
       </c>
       <c r="B81" t="s">
         <v>10</v>
       </c>
       <c r="C81">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D81">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E81">
         <v>0</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>105</v>
       </c>
       <c r="B82" t="s">
         <v>10</v>
       </c>
       <c r="C82">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D82">
         <v>1</v>
       </c>
       <c r="E82">
         <v>0</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>106</v>
       </c>
       <c r="B83" t="s">
         <v>10</v>
       </c>
       <c r="C83">
         <v>0</v>
       </c>
       <c r="D83">
         <v>1</v>
       </c>
       <c r="E83">
         <v>0</v>
       </c>
       <c r="F83">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>107</v>
       </c>
       <c r="B84" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C84">
         <v>0</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F84">
         <v>0</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>108</v>
       </c>
       <c r="B85" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="C85">
         <v>0</v>
       </c>
       <c r="D85">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E85">
         <v>0</v>
       </c>
       <c r="F85">
         <v>0</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>109</v>
       </c>
       <c r="B86" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="C86">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E86">
         <v>0</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>110</v>
       </c>
       <c r="B87" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C87">
         <v>0</v>
       </c>
       <c r="D87">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E87">
         <v>0</v>
       </c>
       <c r="F87">
         <v>0</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>111</v>
       </c>
       <c r="B88" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="C88">
         <v>0</v>
       </c>
       <c r="D88">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E88">
         <v>0</v>
       </c>
       <c r="F88">
         <v>0</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>112</v>
       </c>
       <c r="B89" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="C89">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E89">
         <v>0</v>
       </c>
       <c r="F89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>113</v>
       </c>
       <c r="B90" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C90">
         <v>0</v>
       </c>
       <c r="D90">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E90">
         <v>0</v>
       </c>
       <c r="F90">
         <v>0</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>0</v>
       </c>
       <c r="I90">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>114</v>
       </c>
       <c r="B91" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="C91">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D91">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E91">
         <v>0</v>
       </c>
       <c r="F91">
         <v>0</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I91">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>115</v>
       </c>
       <c r="B92" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="C92">
         <v>0</v>
       </c>
       <c r="D92">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E92">
         <v>0</v>
       </c>
       <c r="F92">
         <v>0</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>116</v>
       </c>
       <c r="B93" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C93">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D93">
         <v>0</v>
       </c>
       <c r="E93">
         <v>0</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I93">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>117</v>
       </c>
       <c r="B94" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D94">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E94">
         <v>0</v>
       </c>
       <c r="F94">
         <v>0</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I94">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>118</v>
       </c>
       <c r="B95" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="C95">
         <v>0</v>
       </c>
       <c r="D95">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E95">
         <v>0</v>
       </c>
       <c r="F95">
         <v>0</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>1</v>
       </c>
       <c r="I95">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>119</v>
       </c>
       <c r="B96" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="C96">
         <v>0</v>
       </c>
       <c r="D96">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E96">
         <v>0</v>
       </c>
       <c r="F96">
         <v>0</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>120</v>
       </c>
       <c r="B97" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C97">
         <v>0</v>
       </c>
       <c r="D97">
         <v>1</v>
       </c>
       <c r="E97">
         <v>0</v>
       </c>
       <c r="F97">
         <v>0</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I97">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>121</v>
       </c>
       <c r="B98" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C98">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D98">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E98">
         <v>0</v>
       </c>
       <c r="F98">
         <v>0</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I98">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>122</v>
       </c>
       <c r="B99" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="C99">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D99">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E99">
         <v>0</v>
       </c>
       <c r="F99">
         <v>0</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>0</v>
       </c>
       <c r="I99">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>123</v>
       </c>
       <c r="B100" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C100">
         <v>0</v>
       </c>
       <c r="D100">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E100">
         <v>0</v>
       </c>
       <c r="F100">
         <v>0</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I100">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>124</v>
       </c>
       <c r="B101" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="C101">
         <v>0</v>
       </c>
       <c r="D101">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E101">
         <v>0</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I101">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>125</v>
       </c>
       <c r="B102" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C102">
         <v>0</v>
       </c>
       <c r="D102">
         <v>1</v>
       </c>
       <c r="E102">
         <v>0</v>
       </c>
       <c r="F102">
         <v>0</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>126</v>
       </c>
       <c r="B103" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C103">
         <v>0</v>
       </c>
       <c r="D103">
         <v>1</v>
       </c>
       <c r="E103">
         <v>0</v>
       </c>
       <c r="F103">
         <v>0</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>127</v>
       </c>
       <c r="B104" t="s">
         <v>10</v>
       </c>
       <c r="C104">
         <v>0</v>
       </c>
       <c r="D104">
         <v>0</v>
       </c>
       <c r="E104">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F104">
         <v>0</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I104">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>128</v>
       </c>
       <c r="B105" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="C105">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D105">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E105">
         <v>0</v>
       </c>
       <c r="F105">
         <v>0</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>0</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>129</v>
       </c>
       <c r="B106" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="C106">
         <v>0</v>
       </c>
       <c r="D106">
         <v>1</v>
       </c>
       <c r="E106">
         <v>0</v>
       </c>
       <c r="F106">
         <v>0</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>130</v>
       </c>
       <c r="B107" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="C107">
         <v>0</v>
       </c>
       <c r="D107">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E107">
         <v>0</v>
       </c>
       <c r="F107">
         <v>0</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I107">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>131</v>
       </c>
       <c r="B108" t="s">
         <v>10</v>
       </c>
       <c r="C108">
         <v>0</v>
       </c>
       <c r="D108">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E108">
         <v>0</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>0</v>
       </c>
       <c r="I108">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>132</v>
       </c>
       <c r="B109" t="s">
         <v>10</v>
       </c>
       <c r="C109">
         <v>0</v>
       </c>
       <c r="D109">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E109">
         <v>0</v>
       </c>
       <c r="F109">
         <v>0</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>0</v>
       </c>
       <c r="I109">
-        <v>1</v>
-[...752 lines deleted...]
-      <c r="I135">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>