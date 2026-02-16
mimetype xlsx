--- v1 (2026-01-21)
+++ v2 (2026-02-16)
@@ -12,449 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanički klub</t>
   </si>
   <si>
     <t>Govori o amandmanima</t>
   </si>
   <si>
     <t>Govori o aktima</t>
   </si>
   <si>
     <t>Poslovnik</t>
   </si>
   <si>
     <t>Replike</t>
   </si>
   <si>
     <t>Postavljanje poslaničkih pitanja</t>
   </si>
   <si>
     <t>Traženje obaveštenja i objašnjenja</t>
   </si>
   <si>
     <t>Ukupan broj obraćanja</t>
   </si>
   <si>
+    <t>Uglješa Mrdić</t>
+  </si>
+  <si>
+    <t>AV-SNSDS</t>
+  </si>
+  <si>
     <t>Milenko Jovanov</t>
   </si>
   <si>
-    <t>AV-SNSDS</t>
-[...1 lines deleted...]
-  <si>
     <t>Radomir Lazović</t>
   </si>
   <si>
     <t>ZF-NDB</t>
   </si>
   <si>
+    <t>Aleksandar Mirković</t>
+  </si>
+  <si>
+    <t>Miloš Parandilović</t>
+  </si>
+  <si>
+    <t>NPS-NLS</t>
+  </si>
+  <si>
+    <t>Marina Mijatović</t>
+  </si>
+  <si>
+    <t>Slobodan Petrović</t>
+  </si>
+  <si>
+    <t>SC-S</t>
+  </si>
+  <si>
+    <t>Ahmedin Škrijelj</t>
+  </si>
+  <si>
+    <t>PSG(�SDAS(S�PZDD(</t>
+  </si>
+  <si>
+    <t>Branko Pavlović</t>
+  </si>
+  <si>
+    <t>M-GIN</t>
+  </si>
+  <si>
+    <t>Vladimir Pajić</t>
+  </si>
+  <si>
+    <t>Peđa Mitrović</t>
+  </si>
+  <si>
+    <t>SSIP</t>
+  </si>
+  <si>
+    <t>Bogdan Radovanović</t>
+  </si>
+  <si>
+    <t>Marijan Rističević</t>
+  </si>
+  <si>
+    <t>Marinika Tepić</t>
+  </si>
+  <si>
+    <t>Branko Lukić</t>
+  </si>
+  <si>
+    <t>MSNPDBN</t>
+  </si>
+  <si>
+    <t>Anna Oreg</t>
+  </si>
+  <si>
+    <t>Ana Brnabić</t>
+  </si>
+  <si>
+    <t>Borko Stefanović</t>
+  </si>
+  <si>
+    <t>Miroslav Aleksić</t>
+  </si>
+  <si>
+    <t>Stefan Janjić</t>
+  </si>
+  <si>
+    <t>Uroš Đokić</t>
+  </si>
+  <si>
+    <t>Jelena Spirić</t>
+  </si>
+  <si>
+    <t>Vladimir Đukanović</t>
+  </si>
+  <si>
+    <t>Ivana Rokvić</t>
+  </si>
+  <si>
+    <t>Ana Eraković</t>
+  </si>
+  <si>
+    <t>Verica Milanović</t>
+  </si>
+  <si>
+    <t>Pavle Grbović</t>
+  </si>
+  <si>
+    <t>Dušan Nikezić</t>
+  </si>
+  <si>
+    <t>Dragan Nikolić</t>
+  </si>
+  <si>
+    <t>Natalija Stojmenović</t>
+  </si>
+  <si>
+    <t>Tatjana Marković-Topalović</t>
+  </si>
+  <si>
     <t>Borislav Novaković</t>
   </si>
   <si>
-    <t>NPS-NLS</t>
+    <t>Robert Kozma</t>
+  </si>
+  <si>
+    <t>Veroljub Arsić</t>
+  </si>
+  <si>
+    <t>Minela Kalender</t>
+  </si>
+  <si>
+    <t>Dušan Bajatović</t>
+  </si>
+  <si>
+    <t>ID-SPS(</t>
+  </si>
+  <si>
+    <t>Mila Popović</t>
+  </si>
+  <si>
+    <t>Dragan Ninković</t>
+  </si>
+  <si>
+    <t>Dragan Đilas</t>
+  </si>
+  <si>
+    <t>Đorđe Komlenski</t>
+  </si>
+  <si>
+    <t>ZS-PS</t>
+  </si>
+  <si>
+    <t>Aleksandar Pavić</t>
+  </si>
+  <si>
+    <t>Goran Nikolić</t>
+  </si>
+  <si>
+    <t>Snežana Rakić</t>
+  </si>
+  <si>
+    <t>Milica Nikolić</t>
+  </si>
+  <si>
+    <t>Nebojša Bakarec</t>
+  </si>
+  <si>
+    <t>Radoslav Milojičić</t>
+  </si>
+  <si>
+    <t>Dalibor Jekić</t>
+  </si>
+  <si>
+    <t>Aleksandar Ivanović</t>
+  </si>
+  <si>
+    <t>Rastislav Dinić</t>
+  </si>
+  <si>
+    <t>Ana Jakovljević</t>
+  </si>
+  <si>
+    <t>Đorđo Đorđić</t>
+  </si>
+  <si>
+    <t>PS-DSSP</t>
+  </si>
+  <si>
+    <t>Željko Veselinović</t>
+  </si>
+  <si>
+    <t>Nenad Milojičić</t>
+  </si>
+  <si>
+    <t>Jelena Jerinić</t>
   </si>
   <si>
     <t>Petar Bošković</t>
   </si>
   <si>
-    <t>SC-S</t>
-[...35 lines deleted...]
-    <t>PSG(�SDAS(S�PZDD(</t>
+    <t>Biljana Pantić Pilja</t>
+  </si>
+  <si>
+    <t>Olja Petrović</t>
+  </si>
+  <si>
+    <t>Nataša Jovanović</t>
+  </si>
+  <si>
+    <t>Dubravka Kralj</t>
+  </si>
+  <si>
+    <t>Milimir Vujadinović</t>
+  </si>
+  <si>
+    <t>Marko Atlagić</t>
+  </si>
+  <si>
+    <t>Aleksandar Marković</t>
+  </si>
+  <si>
+    <t>Dragan Stanojević</t>
+  </si>
+  <si>
+    <t>Uglješa Marković</t>
+  </si>
+  <si>
+    <t>Elvira Kovač</t>
+  </si>
+  <si>
+    <t>SVM</t>
+  </si>
+  <si>
+    <t>Boris Bajić</t>
+  </si>
+  <si>
+    <t>Zdravko Ponoš</t>
+  </si>
+  <si>
+    <t>Borislav Antonijević</t>
+  </si>
+  <si>
+    <t>Jovan Janjić</t>
+  </si>
+  <si>
+    <t>Ilo Mihajlovski</t>
+  </si>
+  <si>
+    <t>P-SIP</t>
+  </si>
+  <si>
+    <t>Edin Numanović</t>
+  </si>
+  <si>
+    <t>NPKN�PG</t>
+  </si>
+  <si>
+    <t>Sanja Ćalović</t>
   </si>
   <si>
     <t>Mitar Kovač</t>
   </si>
   <si>
-    <t>M-GIN</t>
+    <t>Edin Đerlek</t>
+  </si>
+  <si>
+    <t>Goran Petrović</t>
+  </si>
+  <si>
+    <t>Slobodan Ilić</t>
+  </si>
+  <si>
+    <t>Bojan Torbica</t>
+  </si>
+  <si>
+    <t>Branimir Jovanović</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>Uglješa Grgur</t>
+  </si>
+  <si>
+    <t>Ivana Stamatović</t>
+  </si>
+  <si>
+    <t>Dušan Marić</t>
+  </si>
+  <si>
+    <t>Risto Kostov</t>
+  </si>
+  <si>
+    <t>Sanja Jefić Branković</t>
+  </si>
+  <si>
+    <t>Biljana Ilić-Stošić</t>
+  </si>
+  <si>
+    <t>Miodrag Linta</t>
+  </si>
+  <si>
+    <t>Života Starčević</t>
+  </si>
+  <si>
+    <t>DMP-JS</t>
+  </si>
+  <si>
+    <t>Dijana Radović</t>
+  </si>
+  <si>
+    <t>Akoš Ujhelji</t>
+  </si>
+  <si>
+    <t>Slavica Radovanović</t>
   </si>
   <si>
     <t>Biljana Đorđević</t>
   </si>
   <si>
+    <t>Jelena Milošević</t>
+  </si>
+  <si>
     <t>Đorđe Stanković</t>
   </si>
   <si>
-    <t>Natalija Stojmenović</t>
-[...155 lines deleted...]
-    <t>Sonja Pernat</t>
+    <t>Tatjana Pašić</t>
   </si>
   <si>
     <t>Irena Živković</t>
   </si>
   <si>
-    <t>Aleksandar Ivanović</t>
-[...130 lines deleted...]
-  <si>
     <t>Marina Raguš</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nevena Đurić</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,51 +729,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I109"/>
+  <dimension ref="A1:I96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -824,3171 +785,2794 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="D2">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F2">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2">
-        <v>42</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C3">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="D3">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="E3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I3">
-        <v>22</v>
+        <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
         <v>13</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="D4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I4">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C5">
+        <v>11</v>
+      </c>
+      <c r="D5">
+        <v>6</v>
+      </c>
+      <c r="E5">
+        <v>0</v>
+      </c>
+      <c r="F5">
+        <v>2</v>
+      </c>
+      <c r="G5">
+        <v>0</v>
+      </c>
+      <c r="H5">
+        <v>0</v>
+      </c>
+      <c r="I5">
         <v>19</v>
-      </c>
-[...16 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7">
+        <v>13</v>
+      </c>
+      <c r="D7">
+        <v>1</v>
+      </c>
+      <c r="E7">
+        <v>3</v>
+      </c>
+      <c r="F7">
+        <v>1</v>
+      </c>
+      <c r="G7">
+        <v>0</v>
+      </c>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7">
         <v>18</v>
-      </c>
-[...22 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D8">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I10">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C11">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I11">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C12">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D12">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E12">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F12">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="C14">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F14">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I14">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C15">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D15">
         <v>1</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I15">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" t="s">
         <v>31</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D16">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C17">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D17">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E17">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I17">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C18">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I18">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C19">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D19">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E19">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I19">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C20">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I20">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="C21">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D21">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D22">
         <v>1</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I22">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="C23">
+        <v>2</v>
+      </c>
+      <c r="D23">
+        <v>1</v>
+      </c>
+      <c r="E23">
         <v>3</v>
       </c>
-      <c r="D23">
-[...4 lines deleted...]
-      </c>
       <c r="F23">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>0</v>
       </c>
       <c r="I23">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B24" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C24">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D24">
         <v>2</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B25" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D25">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
         <v>1</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I25">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B26" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C26">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D26">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B27" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C27">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D27">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B28" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C28">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>0</v>
       </c>
       <c r="I28">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B29" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="C29">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D29">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B30" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C30">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D30">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B31" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C31">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>0</v>
       </c>
       <c r="I31">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B32" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I32">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B33" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="C33">
         <v>2</v>
       </c>
       <c r="D33">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>0</v>
       </c>
       <c r="I33">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B34" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C34">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
       <c r="E34">
         <v>0</v>
       </c>
       <c r="F34">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I34">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B35" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C35">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I35">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B36" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C36">
         <v>4</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
         <v>0</v>
       </c>
       <c r="I36">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="C37">
         <v>0</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F37">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
         <v>0</v>
       </c>
       <c r="I37">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B38" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="C38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D38">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B39" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C39">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D39">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
         <v>0</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I39">
         <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B40" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C40">
         <v>0</v>
       </c>
       <c r="D40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40">
         <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B41" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="C41">
         <v>1</v>
       </c>
       <c r="D41">
         <v>2</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41">
         <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B42" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
       <c r="D42">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E42">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I42">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B43" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C43">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D43">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E43">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F43">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I43">
         <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B44" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C44">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E44">
         <v>0</v>
       </c>
       <c r="F44">
         <v>0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I44">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B45" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C45">
+        <v>0</v>
+      </c>
+      <c r="D45">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
         <v>0</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B46" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C46">
         <v>0</v>
       </c>
       <c r="D46">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I46">
         <v>3</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B47" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C47">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D47">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
       <c r="F47">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I47">
         <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B48" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C48">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D48">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E48">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>0</v>
       </c>
       <c r="I48">
         <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B49" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C49">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D49">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E49">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49">
         <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B50" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C50">
         <v>0</v>
       </c>
       <c r="D50">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E50">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F50">
         <v>0</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I50">
         <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B51" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="C51">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D51">
         <v>1</v>
       </c>
       <c r="E51">
         <v>0</v>
       </c>
       <c r="F51">
         <v>0</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I51">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B52" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="C52">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D52">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I52">
         <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B53" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="C53">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D53">
         <v>1</v>
       </c>
       <c r="E53">
         <v>0</v>
       </c>
       <c r="F53">
         <v>0</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I53">
         <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B54" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D54">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I54">
         <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B55" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="C55">
         <v>0</v>
       </c>
       <c r="D55">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E55">
         <v>0</v>
       </c>
       <c r="F55">
         <v>0</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I55">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B56" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C56">
         <v>0</v>
       </c>
       <c r="D56">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E56">
         <v>0</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I56">
         <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B57" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C57">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D57">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
       <c r="F57">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57">
         <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B58" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="C58">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D58">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E58">
         <v>0</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58">
         <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B59" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59">
         <v>1</v>
       </c>
       <c r="E59">
         <v>0</v>
       </c>
       <c r="F59">
         <v>0</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B60" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
       <c r="D60">
         <v>1</v>
       </c>
       <c r="E60">
         <v>0</v>
       </c>
       <c r="F60">
         <v>0</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>0</v>
       </c>
       <c r="I60">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B61" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C61">
         <v>0</v>
       </c>
       <c r="D61">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E61">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F61">
         <v>0</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I61">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B62" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D62">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E62">
         <v>0</v>
       </c>
       <c r="F62">
         <v>0</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62">
         <v>2</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B63" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C63">
         <v>0</v>
       </c>
       <c r="D63">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E63">
         <v>0</v>
       </c>
       <c r="F63">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I63">
         <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B64" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="C64">
         <v>0</v>
       </c>
       <c r="D64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
       <c r="F64">
         <v>0</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I64">
         <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B65" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="C65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D65">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E65">
         <v>0</v>
       </c>
       <c r="F65">
         <v>0</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65">
         <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B66" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E66">
         <v>0</v>
       </c>
       <c r="F66">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66">
         <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B67" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="C67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D67">
         <v>1</v>
       </c>
       <c r="E67">
         <v>0</v>
       </c>
       <c r="F67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67">
         <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B68" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C68">
         <v>0</v>
       </c>
       <c r="D68">
         <v>1</v>
       </c>
       <c r="E68">
         <v>0</v>
       </c>
       <c r="F68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I68">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B69" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C69">
         <v>0</v>
       </c>
       <c r="D69">
         <v>0</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69">
         <v>0</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I69">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B70" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="C70">
         <v>0</v>
       </c>
       <c r="D70">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E70">
         <v>0</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B71" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="C71">
         <v>0</v>
       </c>
       <c r="D71">
         <v>1</v>
       </c>
       <c r="E71">
         <v>0</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B72" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="C72">
         <v>0</v>
       </c>
       <c r="D72">
         <v>1</v>
       </c>
       <c r="E72">
         <v>0</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B73" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="C73">
         <v>0</v>
       </c>
       <c r="D73">
         <v>1</v>
       </c>
       <c r="E73">
         <v>0</v>
       </c>
       <c r="F73">
         <v>0</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B74" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C74">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D74">
         <v>0</v>
       </c>
       <c r="E74">
         <v>0</v>
       </c>
       <c r="F74">
         <v>0</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I74">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B75" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C75">
         <v>0</v>
       </c>
       <c r="D75">
         <v>1</v>
       </c>
       <c r="E75">
         <v>0</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
         <v>0</v>
       </c>
       <c r="I75">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B76" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="C76">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E76">
         <v>0</v>
       </c>
       <c r="F76">
         <v>0</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
         <v>0</v>
       </c>
       <c r="I76">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B77" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="C77">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D77">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E77">
         <v>0</v>
       </c>
       <c r="F77">
         <v>0</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B78" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="C78">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D78">
         <v>0</v>
       </c>
       <c r="E78">
         <v>0</v>
       </c>
       <c r="F78">
         <v>0</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I78">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B79" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C79">
         <v>0</v>
       </c>
       <c r="D79">
         <v>1</v>
       </c>
       <c r="E79">
         <v>0</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
         <v>0</v>
       </c>
       <c r="I79">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B80" t="s">
         <v>10</v>
       </c>
       <c r="C80">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D80">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E80">
         <v>0</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B81" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="C81">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D81">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E81">
         <v>0</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B82" t="s">
         <v>10</v>
       </c>
       <c r="C82">
         <v>0</v>
       </c>
       <c r="D82">
         <v>1</v>
       </c>
       <c r="E82">
         <v>0</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B83" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="C83">
         <v>0</v>
       </c>
       <c r="D83">
         <v>1</v>
       </c>
       <c r="E83">
         <v>0</v>
       </c>
       <c r="F83">
         <v>0</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B84" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="C84">
         <v>0</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84">
         <v>0</v>
       </c>
       <c r="F84">
         <v>0</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B85" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="C85">
         <v>0</v>
       </c>
       <c r="D85">
         <v>1</v>
       </c>
       <c r="E85">
         <v>0</v>
       </c>
       <c r="F85">
         <v>0</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B86" t="s">
         <v>10</v>
       </c>
       <c r="C86">
         <v>0</v>
       </c>
       <c r="D86">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E86">
         <v>0</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I86">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>109</v>
+      </c>
+      <c r="B87" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C87">
         <v>0</v>
       </c>
       <c r="D87">
         <v>1</v>
       </c>
       <c r="E87">
         <v>0</v>
       </c>
       <c r="F87">
         <v>0</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>111</v>
       </c>
       <c r="B88" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="C88">
         <v>0</v>
       </c>
       <c r="D88">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E88">
         <v>0</v>
       </c>
       <c r="F88">
         <v>0</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I88">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>112</v>
       </c>
       <c r="B89" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="C89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D89">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E89">
         <v>0</v>
       </c>
       <c r="F89">
         <v>0</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>113</v>
       </c>
       <c r="B90" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="C90">
         <v>0</v>
       </c>
       <c r="D90">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E90">
         <v>0</v>
       </c>
       <c r="F90">
         <v>0</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I90">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>114</v>
       </c>
       <c r="B91" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="C91">
         <v>0</v>
       </c>
       <c r="D91">
         <v>1</v>
       </c>
       <c r="E91">
         <v>0</v>
       </c>
       <c r="F91">
         <v>0</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>115</v>
       </c>
       <c r="B92" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C92">
         <v>0</v>
       </c>
       <c r="D92">
         <v>1</v>
       </c>
       <c r="E92">
         <v>0</v>
       </c>
       <c r="F92">
         <v>0</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
         <v>0</v>
       </c>
       <c r="I92">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>116</v>
       </c>
       <c r="B93" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C93">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D93">
         <v>0</v>
       </c>
       <c r="E93">
         <v>0</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>117</v>
       </c>
       <c r="B94" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="C94">
         <v>0</v>
       </c>
       <c r="D94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E94">
         <v>0</v>
       </c>
       <c r="F94">
         <v>0</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>118</v>
       </c>
       <c r="B95" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="C95">
         <v>0</v>
       </c>
       <c r="D95">
         <v>0</v>
       </c>
       <c r="E95">
         <v>0</v>
       </c>
       <c r="F95">
         <v>0</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95">
         <v>1</v>
       </c>
       <c r="I95">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>119</v>
       </c>
       <c r="B96" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C96">
         <v>0</v>
       </c>
       <c r="D96">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E96">
         <v>0</v>
       </c>
       <c r="F96">
         <v>0</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96">
-        <v>1</v>
-[...375 lines deleted...]
-      <c r="I109">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>