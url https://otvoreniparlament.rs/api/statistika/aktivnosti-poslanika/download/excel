--- v2 (2026-02-16)
+++ v3 (2026-03-10)
@@ -12,410 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanički klub</t>
   </si>
   <si>
     <t>Govori o amandmanima</t>
   </si>
   <si>
     <t>Govori o aktima</t>
   </si>
   <si>
     <t>Poslovnik</t>
   </si>
   <si>
     <t>Replike</t>
   </si>
   <si>
     <t>Postavljanje poslaničkih pitanja</t>
   </si>
   <si>
     <t>Traženje obaveštenja i objašnjenja</t>
   </si>
   <si>
     <t>Ukupan broj obraćanja</t>
-  </si>
-[...331 lines deleted...]
-    <t>Marina Raguš</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,2851 +396,96 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I96"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
-      </c>
-[...2753 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">