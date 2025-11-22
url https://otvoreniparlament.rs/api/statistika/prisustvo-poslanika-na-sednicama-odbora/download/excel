--- v0 (2025-10-10)
+++ v1 (2025-11-22)
@@ -12,257 +12,416 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanicka grupa</t>
   </si>
   <si>
     <t>Broj sednica</t>
   </si>
   <si>
+    <t>Tijana Davidovac</t>
+  </si>
+  <si>
+    <t>AV-SNSDS</t>
+  </si>
+  <si>
+    <t>Jasmina Palurović</t>
+  </si>
+  <si>
+    <t>Goran Milić</t>
+  </si>
+  <si>
+    <t>Olja Petrović</t>
+  </si>
+  <si>
+    <t>Zdravko Mladenović</t>
+  </si>
+  <si>
+    <t>Stanislava Janošević</t>
+  </si>
+  <si>
+    <t>Tomislav Janković</t>
+  </si>
+  <si>
+    <t>Risto Kostov</t>
+  </si>
+  <si>
+    <t>P-SIP</t>
+  </si>
+  <si>
+    <t>Dragan Nikolić</t>
+  </si>
+  <si>
+    <t>Branimir Jovanović</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>Uglješa Marković</t>
+  </si>
+  <si>
+    <t>ID-SPS(</t>
+  </si>
+  <si>
+    <t>Ivana Stamatović</t>
+  </si>
+  <si>
+    <t>ZS-PS</t>
+  </si>
+  <si>
+    <t>Stefan Kitanović</t>
+  </si>
+  <si>
+    <t>Nikola Bokan</t>
+  </si>
+  <si>
+    <t>Snežana Jovanović</t>
+  </si>
+  <si>
+    <t>Nevena Veinović</t>
+  </si>
+  <si>
+    <t>Ana Beloica Martać</t>
+  </si>
+  <si>
+    <t>Jasmina Karanac</t>
+  </si>
+  <si>
+    <t>Dijana Radović</t>
+  </si>
+  <si>
+    <t>Milija Miletić</t>
+  </si>
+  <si>
+    <t>NPKN�PG</t>
+  </si>
+  <si>
+    <t>Vesna Savović Petković</t>
+  </si>
+  <si>
+    <t>Dragan Stanojević</t>
+  </si>
+  <si>
+    <t>M-GIN</t>
+  </si>
+  <si>
+    <t>Miloš Gnjidić</t>
+  </si>
+  <si>
+    <t>Dane Stanojčić</t>
+  </si>
+  <si>
+    <t>Nenad Krstić</t>
+  </si>
+  <si>
+    <t>Uroš Đokić</t>
+  </si>
+  <si>
+    <t>NPS-NLS</t>
+  </si>
+  <si>
+    <t>Aleksandra Tomić</t>
+  </si>
+  <si>
+    <t>Ana Miljanić</t>
+  </si>
+  <si>
     <t>Života Starčević</t>
   </si>
   <si>
     <t>DMP-JS</t>
   </si>
   <si>
-    <t>Ana Miljanić</t>
-[...5 lines deleted...]
-    <t>Željko Rebrača</t>
+    <t>Milan Radin</t>
+  </si>
+  <si>
+    <t>Robert Kozma</t>
+  </si>
+  <si>
+    <t>ZF-NDB</t>
+  </si>
+  <si>
+    <t>Nikola Radosavljević</t>
+  </si>
+  <si>
+    <t>Branko Pavlović</t>
+  </si>
+  <si>
+    <t>Akoš Ujhelji</t>
+  </si>
+  <si>
+    <t>SVM</t>
+  </si>
+  <si>
+    <t>Katarina Stojanović</t>
+  </si>
+  <si>
+    <t>Vojislav Vujić</t>
+  </si>
+  <si>
+    <t>Ilo Mihajlovski</t>
+  </si>
+  <si>
+    <t>Jožef Tobiaš</t>
+  </si>
+  <si>
+    <t>Jasmina Obradović</t>
+  </si>
+  <si>
+    <t>Radoslav Milojičić</t>
+  </si>
+  <si>
+    <t>Aleksandar Ivanović</t>
+  </si>
+  <si>
+    <t>Sanja Milošević</t>
+  </si>
+  <si>
+    <t>Slađana Šušnjar</t>
+  </si>
+  <si>
+    <t>Miljana Milojević</t>
+  </si>
+  <si>
+    <t>Dragan Jovanović</t>
+  </si>
+  <si>
+    <t>Biljana Ilić-Stošić</t>
+  </si>
+  <si>
+    <t>Nataša Milić Milaš</t>
+  </si>
+  <si>
+    <t>Ana Krstić</t>
+  </si>
+  <si>
+    <t>Boris Bajić</t>
+  </si>
+  <si>
+    <t>Jovan Palalić</t>
+  </si>
+  <si>
+    <t>Lidija Načić</t>
+  </si>
+  <si>
+    <t>Željko Veselinović</t>
+  </si>
+  <si>
+    <t>PS-DSSP</t>
+  </si>
+  <si>
+    <t>Nenad Filipović</t>
+  </si>
+  <si>
+    <t>Miroslav Kondić</t>
+  </si>
+  <si>
+    <t>Dalibor Šćekić</t>
+  </si>
+  <si>
+    <t>Staša Stojanović</t>
+  </si>
+  <si>
+    <t>Miroslav Petrašinović</t>
+  </si>
+  <si>
+    <t>Marko Milošević</t>
+  </si>
+  <si>
+    <t>Ivan Antić</t>
+  </si>
+  <si>
+    <t>Tatjana Nikolić</t>
+  </si>
+  <si>
+    <t>Svetlana Milijić</t>
+  </si>
+  <si>
+    <t>Borislav Novaković</t>
+  </si>
+  <si>
+    <t>Vesna Stanković</t>
+  </si>
+  <si>
+    <t>Vesna Nedović</t>
+  </si>
+  <si>
+    <t>Đorđe Komlenski</t>
+  </si>
+  <si>
+    <t>Igor D. Jakšić</t>
+  </si>
+  <si>
+    <t>Aleksandar Jugović</t>
+  </si>
+  <si>
+    <t>Bojan Torbica</t>
+  </si>
+  <si>
+    <t>Stefan Janjić</t>
+  </si>
+  <si>
+    <t>SC-S</t>
+  </si>
+  <si>
+    <t>Branislav Josifović</t>
+  </si>
+  <si>
+    <t>Aleksandar Mirković</t>
+  </si>
+  <si>
+    <t>Sanja Džajić</t>
+  </si>
+  <si>
+    <t>Dušan Nikezić</t>
+  </si>
+  <si>
+    <t>SSIP</t>
+  </si>
+  <si>
+    <t>Peđa Mitrović</t>
+  </si>
+  <si>
+    <t>Miroslav Aleksić</t>
+  </si>
+  <si>
+    <t>Edis Durgutović</t>
+  </si>
+  <si>
+    <t>Rastislav Dinić</t>
+  </si>
+  <si>
+    <t>Jovan Janjić</t>
+  </si>
+  <si>
+    <t>Dunja Simonović Bratić</t>
+  </si>
+  <si>
+    <t>Jadranka Jovanović</t>
+  </si>
+  <si>
+    <t>Nataša Jovanović</t>
+  </si>
+  <si>
+    <t>Dušan Marić</t>
+  </si>
+  <si>
+    <t>Ljubica Vraneš</t>
+  </si>
+  <si>
+    <t>Ivana Rokvić</t>
+  </si>
+  <si>
+    <t>Danijela Nikolić</t>
+  </si>
+  <si>
+    <t>Dejan Gurešić</t>
+  </si>
+  <si>
+    <t>Edin Numanović</t>
+  </si>
+  <si>
+    <t>Lidija Šarac</t>
+  </si>
+  <si>
+    <t>Nikola Lazić</t>
+  </si>
+  <si>
+    <t>Vesna Đurišić</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
-    <t>Edin Numanović</t>
-[...68 lines deleted...]
-    <t>ZF-NDB</t>
+    <t>Veroljub Matić</t>
+  </si>
+  <si>
+    <t>Dejan Bulatović</t>
   </si>
   <si>
     <t>Nikola Pantelić</t>
   </si>
   <si>
-    <t>Sonja Ilić</t>
-[...71 lines deleted...]
-    <t>Milan Radin</t>
+    <t>Verica Milanović</t>
+  </si>
+  <si>
+    <t>Slobodan Cvejić</t>
+  </si>
+  <si>
+    <t>Mila Popović</t>
+  </si>
+  <si>
+    <t>Tatjana Marković Topalović</t>
   </si>
   <si>
     <t>Đorđe Stanković</t>
   </si>
   <si>
-    <t>Nikola Radosavljević</t>
-[...23 lines deleted...]
-    <t>Tijana Davidovac</t>
+    <t>Dragana Arsić</t>
+  </si>
+  <si>
+    <t>Miodrag Linta</t>
+  </si>
+  <si>
+    <t>Dragana Radinović</t>
+  </si>
+  <si>
+    <t>Anita Nešić</t>
+  </si>
+  <si>
+    <t>Irena Živković</t>
+  </si>
+  <si>
+    <t>Slobodan Petrović</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -576,654 +735,1226 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C54"/>
+  <dimension ref="A1:C106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C3">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C8">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C9">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C10">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C11">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C12">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C16">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B17" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="C17">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C18">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C19">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B20" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C20">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C21">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B22" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="C22">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B23" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="C23">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C25">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B26" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C26">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B27" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="C27">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B28" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C28">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="C29">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" t="s">
         <v>40</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>41</v>
       </c>
       <c r="B31" t="s">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="C31">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>42</v>
+      </c>
+      <c r="B32" t="s">
         <v>43</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>44</v>
       </c>
       <c r="B33" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C33">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>45</v>
       </c>
       <c r="B34" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C34">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>46</v>
       </c>
       <c r="B35" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="C35">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B36" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="C36">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B37" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="C37">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B38" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C38">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B39" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
       <c r="C39">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B40" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C40">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B41" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C41">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B42" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="C42">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B43" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C43">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B44" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C44">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B45" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C45">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B46" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="C46">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B47" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C47">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B48" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C48">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B49" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="C49">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B50" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="C50">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>63</v>
       </c>
       <c r="B51" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C51">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>64</v>
       </c>
       <c r="B52" t="s">
-        <v>65</v>
+        <v>4</v>
       </c>
       <c r="C52">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>65</v>
+      </c>
+      <c r="B53" t="s">
         <v>66</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>67</v>
+      </c>
+      <c r="B54" t="s">
+        <v>40</v>
+      </c>
+      <c r="C54">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" t="s">
         <v>68</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54">
+      <c r="B55" t="s">
+        <v>4</v>
+      </c>
+      <c r="C55">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" t="s">
+        <v>69</v>
+      </c>
+      <c r="B56" t="s">
+        <v>4</v>
+      </c>
+      <c r="C56">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" t="s">
+        <v>70</v>
+      </c>
+      <c r="B57" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" t="s">
+        <v>71</v>
+      </c>
+      <c r="B58" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" t="s">
+        <v>72</v>
+      </c>
+      <c r="B59" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" t="s">
+        <v>73</v>
+      </c>
+      <c r="B60" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>74</v>
+      </c>
+      <c r="B61" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>75</v>
+      </c>
+      <c r="B62" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>76</v>
+      </c>
+      <c r="B63" t="s">
+        <v>36</v>
+      </c>
+      <c r="C63">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>77</v>
+      </c>
+      <c r="B64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>78</v>
+      </c>
+      <c r="B65" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
+        <v>79</v>
+      </c>
+      <c r="B66" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>80</v>
+      </c>
+      <c r="B67" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>81</v>
+      </c>
+      <c r="B68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>82</v>
+      </c>
+      <c r="B69" t="s">
+        <v>19</v>
+      </c>
+      <c r="C69">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>83</v>
+      </c>
+      <c r="B70" t="s">
+        <v>84</v>
+      </c>
+      <c r="C70">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>85</v>
+      </c>
+      <c r="B71" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>86</v>
+      </c>
+      <c r="B72" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>87</v>
+      </c>
+      <c r="B73" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
+        <v>88</v>
+      </c>
+      <c r="B74" t="s">
+        <v>89</v>
+      </c>
+      <c r="C74">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" t="s">
+        <v>90</v>
+      </c>
+      <c r="B75" t="s">
+        <v>89</v>
+      </c>
+      <c r="C75">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" t="s">
+        <v>91</v>
+      </c>
+      <c r="B76" t="s">
+        <v>36</v>
+      </c>
+      <c r="C76">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" t="s">
+        <v>92</v>
+      </c>
+      <c r="B77" t="s">
+        <v>15</v>
+      </c>
+      <c r="C77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" t="s">
+        <v>93</v>
+      </c>
+      <c r="B78" t="s">
+        <v>43</v>
+      </c>
+      <c r="C78">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" t="s">
+        <v>94</v>
+      </c>
+      <c r="B79" t="s">
+        <v>31</v>
+      </c>
+      <c r="C79">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" t="s">
+        <v>95</v>
+      </c>
+      <c r="B80" t="s">
+        <v>17</v>
+      </c>
+      <c r="C80">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" t="s">
+        <v>96</v>
+      </c>
+      <c r="B81" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" t="s">
+        <v>97</v>
+      </c>
+      <c r="B82" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" t="s">
+        <v>98</v>
+      </c>
+      <c r="B83" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" t="s">
+        <v>99</v>
+      </c>
+      <c r="B84" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" t="s">
+        <v>100</v>
+      </c>
+      <c r="B85" t="s">
+        <v>36</v>
+      </c>
+      <c r="C85">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" t="s">
+        <v>101</v>
+      </c>
+      <c r="B86" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" t="s">
+        <v>102</v>
+      </c>
+      <c r="B87" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" t="s">
+        <v>103</v>
+      </c>
+      <c r="B88" t="s">
+        <v>28</v>
+      </c>
+      <c r="C88">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" t="s">
+        <v>104</v>
+      </c>
+      <c r="B89" t="s">
+        <v>19</v>
+      </c>
+      <c r="C89">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" t="s">
+        <v>105</v>
+      </c>
+      <c r="B90" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" t="s">
+        <v>106</v>
+      </c>
+      <c r="B91" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" t="s">
+        <v>107</v>
+      </c>
+      <c r="B92" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" t="s">
+        <v>108</v>
+      </c>
+      <c r="B93" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" t="s">
+        <v>109</v>
+      </c>
+      <c r="B94" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" t="s">
+        <v>110</v>
+      </c>
+      <c r="B95" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" t="s">
+        <v>111</v>
+      </c>
+      <c r="B96" t="s">
+        <v>84</v>
+      </c>
+      <c r="C96">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" t="s">
+        <v>112</v>
+      </c>
+      <c r="B97" t="s">
+        <v>84</v>
+      </c>
+      <c r="C97">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" t="s">
+        <v>113</v>
+      </c>
+      <c r="B98" t="s">
+        <v>89</v>
+      </c>
+      <c r="C98">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" t="s">
+        <v>114</v>
+      </c>
+      <c r="B99" t="s">
+        <v>84</v>
+      </c>
+      <c r="C99">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" t="s">
+        <v>115</v>
+      </c>
+      <c r="B100" t="s">
+        <v>36</v>
+      </c>
+      <c r="C100">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>116</v>
+      </c>
+      <c r="B101" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" t="s">
+        <v>117</v>
+      </c>
+      <c r="B102" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" t="s">
+        <v>118</v>
+      </c>
+      <c r="B103" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" t="s">
+        <v>119</v>
+      </c>
+      <c r="B104" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" t="s">
+        <v>120</v>
+      </c>
+      <c r="B105" t="s">
+        <v>66</v>
+      </c>
+      <c r="C105">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" t="s">
+        <v>121</v>
+      </c>
+      <c r="B106" t="s">
+        <v>84</v>
+      </c>
+      <c r="C106">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>