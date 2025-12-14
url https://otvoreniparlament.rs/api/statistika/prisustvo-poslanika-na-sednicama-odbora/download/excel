--- v1 (2025-11-22)
+++ v2 (2025-12-14)
@@ -12,416 +12,575 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanicka grupa</t>
   </si>
   <si>
     <t>Broj sednica</t>
   </si>
   <si>
+    <t>Dunja Simonović Bratić</t>
+  </si>
+  <si>
+    <t>ID-SPS(</t>
+  </si>
+  <si>
+    <t>Risto Kostov</t>
+  </si>
+  <si>
+    <t>P-SIP</t>
+  </si>
+  <si>
+    <t>Snežana Jovanović</t>
+  </si>
+  <si>
+    <t>AV-SNSDS</t>
+  </si>
+  <si>
+    <t>Miloš Gnjidić</t>
+  </si>
+  <si>
+    <t>Nikola Lazić</t>
+  </si>
+  <si>
     <t>Tijana Davidovac</t>
   </si>
   <si>
-    <t>AV-SNSDS</t>
+    <t>Akoš Ujhelji</t>
+  </si>
+  <si>
+    <t>SVM</t>
+  </si>
+  <si>
+    <t>Dušan Marić</t>
   </si>
   <si>
     <t>Jasmina Palurović</t>
   </si>
   <si>
+    <t>Olja Petrović</t>
+  </si>
+  <si>
+    <t>Nevena Veinović</t>
+  </si>
+  <si>
+    <t>Miroslav Kondić</t>
+  </si>
+  <si>
+    <t>Branislav Josifović</t>
+  </si>
+  <si>
+    <t>Željko Rebrača</t>
+  </si>
+  <si>
+    <t>Ana Miljanić</t>
+  </si>
+  <si>
+    <t>Svetlana Milijić</t>
+  </si>
+  <si>
+    <t>Nenad Krstić</t>
+  </si>
+  <si>
+    <t>Nikola Radosavljević</t>
+  </si>
+  <si>
+    <t>Dušan Nikezić</t>
+  </si>
+  <si>
+    <t>SSIP</t>
+  </si>
+  <si>
+    <t>Tatjana Nikolić</t>
+  </si>
+  <si>
+    <t>Nebojša Bakarec</t>
+  </si>
+  <si>
+    <t>Lepomir Ivković</t>
+  </si>
+  <si>
+    <t>Nataša Jovanović</t>
+  </si>
+  <si>
+    <t>Sanja Jefić Branković</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>Dejan Bulatović</t>
+  </si>
+  <si>
+    <t>Dijana Radović</t>
+  </si>
+  <si>
+    <t>Milija Miletić</t>
+  </si>
+  <si>
+    <t>NPKN�PG</t>
+  </si>
+  <si>
+    <t>Lidija Načić</t>
+  </si>
+  <si>
+    <t>Dragana Arsić</t>
+  </si>
+  <si>
+    <t>Vesna Nedović</t>
+  </si>
+  <si>
+    <t>Slobodan Petrović</t>
+  </si>
+  <si>
+    <t>SC-S</t>
+  </si>
+  <si>
+    <t>Branimir Jovanović</t>
+  </si>
+  <si>
+    <t>Stanislava Janošević</t>
+  </si>
+  <si>
+    <t>Zdravko Mladenović</t>
+  </si>
+  <si>
+    <t>Jožef Tobiaš</t>
+  </si>
+  <si>
+    <t>Goran Nikolić</t>
+  </si>
+  <si>
+    <t>Vojislav Vujić</t>
+  </si>
+  <si>
+    <t>DMP-JS</t>
+  </si>
+  <si>
+    <t>Peđa Mitrović</t>
+  </si>
+  <si>
+    <t>Marko Atlagić</t>
+  </si>
+  <si>
+    <t>Nataša Milić Milaš</t>
+  </si>
+  <si>
+    <t>Nikola Pantelić</t>
+  </si>
+  <si>
+    <t>Tomislav Janković</t>
+  </si>
+  <si>
+    <t>Radoslav Milojičić</t>
+  </si>
+  <si>
+    <t>Dragan Jovanović</t>
+  </si>
+  <si>
+    <t>Sanela Strainović</t>
+  </si>
+  <si>
+    <t>Biljana Ilić-Stošić</t>
+  </si>
+  <si>
+    <t>Dragan Nikolić</t>
+  </si>
+  <si>
+    <t>Vesna Savović-Petković</t>
+  </si>
+  <si>
+    <t>Ivan Antić</t>
+  </si>
+  <si>
+    <t>Katarina Stojanović</t>
+  </si>
+  <si>
+    <t>Nikola Bokan</t>
+  </si>
+  <si>
     <t>Goran Milić</t>
   </si>
   <si>
-    <t>Olja Petrović</t>
-[...23 lines deleted...]
-    <t>SPS</t>
+    <t>Miroslav Petrašinović</t>
+  </si>
+  <si>
+    <t>Zagorka Aleksić</t>
+  </si>
+  <si>
+    <t>Milan Radin</t>
+  </si>
+  <si>
+    <t>Ivan Rajičić</t>
+  </si>
+  <si>
+    <t>Dušan Bajatović</t>
+  </si>
+  <si>
+    <t>Ana Beloica Martać</t>
+  </si>
+  <si>
+    <t>Ilo Mihajlovski</t>
+  </si>
+  <si>
+    <t>Rastislav Dinić</t>
+  </si>
+  <si>
+    <t>ZF-NDB</t>
+  </si>
+  <si>
+    <t>Jovan Janjić</t>
+  </si>
+  <si>
+    <t>M-GIN</t>
+  </si>
+  <si>
+    <t>Jadranka Jovanović</t>
+  </si>
+  <si>
+    <t>Dalibor Šćekić</t>
+  </si>
+  <si>
+    <t>Branko Miljuš</t>
+  </si>
+  <si>
+    <t>Ivana Rokvić</t>
+  </si>
+  <si>
+    <t>NPS-NLS</t>
+  </si>
+  <si>
+    <t>Sanja Milošević</t>
+  </si>
+  <si>
+    <t>Stojan Radenović</t>
+  </si>
+  <si>
+    <t>Vesna Đurišić</t>
+  </si>
+  <si>
+    <t>Edin Numanović</t>
+  </si>
+  <si>
+    <t>Goran Spasojević</t>
+  </si>
+  <si>
+    <t>Darko Jovanović</t>
+  </si>
+  <si>
+    <t>Dragan Marković</t>
+  </si>
+  <si>
+    <t>Žika Gojković</t>
+  </si>
+  <si>
+    <t>Veroljub Matić</t>
+  </si>
+  <si>
+    <t>Miljana Milojević</t>
+  </si>
+  <si>
+    <t>Ivan Karić</t>
+  </si>
+  <si>
+    <t>Jovan Palalić</t>
+  </si>
+  <si>
+    <t>Ana Krstić</t>
+  </si>
+  <si>
+    <t>Branko Pavlović</t>
+  </si>
+  <si>
+    <t>Olivera Denić</t>
+  </si>
+  <si>
+    <t>Dragana Radinović</t>
+  </si>
+  <si>
+    <t>Lidija Šarac</t>
+  </si>
+  <si>
+    <t>ZS-PS</t>
+  </si>
+  <si>
+    <t>Nenad Ristović</t>
+  </si>
+  <si>
+    <t>Stefan Kitanović</t>
+  </si>
+  <si>
+    <t>Marko Milošević</t>
+  </si>
+  <si>
+    <t>Igor Jakšić</t>
+  </si>
+  <si>
+    <t>Sanja Džajić</t>
+  </si>
+  <si>
+    <t>Miroslav Aleksić</t>
+  </si>
+  <si>
+    <t>Đorđe Stanković</t>
+  </si>
+  <si>
+    <t>Nenad Filipović</t>
+  </si>
+  <si>
+    <t>Ljubica Vraneš</t>
+  </si>
+  <si>
+    <t>Mirka Lukić Šarkanović</t>
+  </si>
+  <si>
+    <t>Života Starčević</t>
+  </si>
+  <si>
+    <t>Slađana Šušnjar</t>
+  </si>
+  <si>
+    <t>Mitar Kovač</t>
+  </si>
+  <si>
+    <t>Radovan Tvrdišić</t>
+  </si>
+  <si>
+    <t>Dane Stanojčić</t>
+  </si>
+  <si>
+    <t>Marija Jevđić</t>
+  </si>
+  <si>
+    <t>Aleksandar Đukić</t>
+  </si>
+  <si>
+    <t>Slobodan Ilić</t>
+  </si>
+  <si>
+    <t>MSNPDBN</t>
+  </si>
+  <si>
+    <t>Ivana Stamatović</t>
+  </si>
+  <si>
+    <t>Verica Milanović</t>
+  </si>
+  <si>
+    <t>Dalibor Jekić</t>
+  </si>
+  <si>
+    <t>Žarko Ristić</t>
+  </si>
+  <si>
+    <t>Jelena Spirić</t>
+  </si>
+  <si>
+    <t>Dragan Stanojević</t>
+  </si>
+  <si>
+    <t>Slobodan Cvejić</t>
+  </si>
+  <si>
+    <t>Staša Stojanović</t>
+  </si>
+  <si>
+    <t>Jasmina Karanac</t>
+  </si>
+  <si>
+    <t>Vesna Stanković</t>
+  </si>
+  <si>
+    <t>Natalija Stojmenović</t>
+  </si>
+  <si>
+    <t>Danijela Nikolić</t>
+  </si>
+  <si>
+    <t>Edin Đerlek</t>
+  </si>
+  <si>
+    <t>Marko Mladenović</t>
+  </si>
+  <si>
+    <t>Dragan Delić</t>
+  </si>
+  <si>
+    <t>Snežana Rakić</t>
+  </si>
+  <si>
+    <t>Slobodan Milisavljević</t>
+  </si>
+  <si>
+    <t>Marina Mijatović</t>
+  </si>
+  <si>
+    <t>Nada Macura</t>
+  </si>
+  <si>
+    <t>Bojan Torbica</t>
+  </si>
+  <si>
+    <t>Tatjana Petrović Stojković</t>
+  </si>
+  <si>
+    <t>Branko Lukić</t>
+  </si>
+  <si>
+    <t>Aleksandra Tomić</t>
+  </si>
+  <si>
+    <t>Dubravka Filipovski</t>
+  </si>
+  <si>
+    <t>Ana Jakovljević</t>
+  </si>
+  <si>
+    <t>Robert Kozma</t>
+  </si>
+  <si>
+    <t>Nenad Mitrović</t>
+  </si>
+  <si>
+    <t>DS-D</t>
+  </si>
+  <si>
+    <t>Đorđe Pavićević</t>
+  </si>
+  <si>
+    <t>Marko Milenković</t>
+  </si>
+  <si>
+    <t>Bogdan Radovanović</t>
+  </si>
+  <si>
+    <t>Zdravko Ponoš</t>
+  </si>
+  <si>
+    <t>Zoran Dragišić</t>
+  </si>
+  <si>
+    <t>Jasmina Obradović</t>
+  </si>
+  <si>
+    <t>Biljana Pantić Pilja</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
-    <t>ID-SPS(</t>
-[...50 lines deleted...]
-    <t>Nenad Krstić</t>
+    <t>Đorđo Đorđić</t>
+  </si>
+  <si>
+    <t>PS-DSSP</t>
+  </si>
+  <si>
+    <t>Stefan Janjić</t>
+  </si>
+  <si>
+    <t>Veroljub Arsić</t>
+  </si>
+  <si>
+    <t>Boris Bajić</t>
+  </si>
+  <si>
+    <t>Aleksandar Ivanović</t>
+  </si>
+  <si>
+    <t>Željko Veselinović</t>
+  </si>
+  <si>
+    <t>Borislav Novaković</t>
+  </si>
+  <si>
+    <t>Tanja Rađenović</t>
+  </si>
+  <si>
+    <t>Elvira Kovač</t>
+  </si>
+  <si>
+    <t>Andrijana Aleksandrov</t>
+  </si>
+  <si>
+    <t>Aleksandar Mirković</t>
+  </si>
+  <si>
+    <t>Vladimir Đorđević</t>
+  </si>
+  <si>
+    <t>ND-P(</t>
+  </si>
+  <si>
+    <t>Borko Stefanović</t>
   </si>
   <si>
     <t>Uroš Đokić</t>
   </si>
   <si>
-    <t>NPS-NLS</t>
-[...229 lines deleted...]
-  <si>
     <t>Mila Popović</t>
   </si>
   <si>
-    <t>Tatjana Marković Topalović</t>
-[...20 lines deleted...]
-    <t>Slobodan Petrović</t>
+    <t>Marijan Rističević</t>
+  </si>
+  <si>
+    <t>Dobrica Veselinović</t>
+  </si>
+  <si>
+    <t>Emeše Uri</t>
+  </si>
+  <si>
+    <t>Darko Laketić</t>
+  </si>
+  <si>
+    <t>Nataša Bogunović</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -735,1226 +894,1776 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C106"/>
+  <dimension ref="A1:C156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C3">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C8">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C9">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C10">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C12">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C13">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C14">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C15">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C16">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C17">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B18" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C18">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C19">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20" t="s">
         <v>26</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>27</v>
       </c>
       <c r="B21" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C21">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B22" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C22">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B23" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="C23">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B24" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C24">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B25" t="s">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="C25">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B27" t="s">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="C27">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B28" t="s">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="C28">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B29" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C29">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B30" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="C30">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B31" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C31">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B32" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C32">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B33" t="s">
+        <v>32</v>
+      </c>
+      <c r="C33">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B34" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="C34">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B35" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="C35">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B37" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="C37">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B38" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="C38">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B39" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="C39">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B41" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B42" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="C42">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B44" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C44">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B45" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B46" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B48" t="s">
+        <v>8</v>
+      </c>
+      <c r="C48">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B49" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="C49">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B50" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="C50">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B51" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B52" t="s">
+        <v>8</v>
+      </c>
+      <c r="C52">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B53" t="s">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="C53">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B54" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="C54">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B55" t="s">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="C55">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B56" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C56">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B57" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C57">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B59" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C59">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B60" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C60">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B61" t="s">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="C61">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B62" t="s">
-        <v>4</v>
+        <v>74</v>
       </c>
       <c r="C62">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B63" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="C63">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B64" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C64">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B65" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C65">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>78</v>
+      </c>
+      <c r="B66" t="s">
         <v>79</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>80</v>
       </c>
       <c r="B67" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C67">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>81</v>
       </c>
       <c r="B68" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C68">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>82</v>
       </c>
       <c r="B69" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C69">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>83</v>
       </c>
       <c r="B70" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="C70">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B71" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C71">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B72" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C72">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B73" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C73">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B74" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="C74">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B75" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="C75">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B76" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="C76">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C77">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B78" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="C78">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B79" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="C79">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B80" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="C80">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B81" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C81">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B82" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C82">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B83" t="s">
-        <v>4</v>
+        <v>97</v>
       </c>
       <c r="C83">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B84" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C84">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B85" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="C85">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B87" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C87">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B88" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C88">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B89" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="C89">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B90" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="C90">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B91" t="s">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="C91">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B92" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C92">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B93" t="s">
         <v>4</v>
       </c>
       <c r="C93">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B94" t="s">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="C94">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B95" t="s">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="C95">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B96" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="C96">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B97" t="s">
-        <v>84</v>
+        <v>8</v>
       </c>
       <c r="C97">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B98" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="C98">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B99" t="s">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="C99">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B100" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="C100">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>115</v>
+      </c>
+      <c r="B101" t="s">
         <v>116</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>117</v>
       </c>
       <c r="B102" t="s">
-        <v>4</v>
+        <v>97</v>
       </c>
       <c r="C102">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>118</v>
       </c>
       <c r="B103" t="s">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="C103">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>119</v>
       </c>
       <c r="B104" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C104">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>120</v>
       </c>
       <c r="B105" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="C105">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>121</v>
       </c>
       <c r="B106" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="C106">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" t="s">
+        <v>122</v>
+      </c>
+      <c r="B107" t="s">
+        <v>74</v>
+      </c>
+      <c r="C107">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" t="s">
+        <v>123</v>
+      </c>
+      <c r="B108" t="s">
+        <v>41</v>
+      </c>
+      <c r="C108">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" t="s">
+        <v>124</v>
+      </c>
+      <c r="B109" t="s">
+        <v>8</v>
+      </c>
+      <c r="C109">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" t="s">
+        <v>125</v>
+      </c>
+      <c r="B110" t="s">
+        <v>32</v>
+      </c>
+      <c r="C110">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" t="s">
+        <v>126</v>
+      </c>
+      <c r="B111" t="s">
+        <v>8</v>
+      </c>
+      <c r="C111">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" t="s">
+        <v>127</v>
+      </c>
+      <c r="B112" t="s">
+        <v>72</v>
+      </c>
+      <c r="C112">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" t="s">
+        <v>128</v>
+      </c>
+      <c r="B113" t="s">
+        <v>8</v>
+      </c>
+      <c r="C113">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" t="s">
+        <v>129</v>
+      </c>
+      <c r="B114" t="s">
+        <v>36</v>
+      </c>
+      <c r="C114">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" t="s">
+        <v>130</v>
+      </c>
+      <c r="B115" t="s">
+        <v>8</v>
+      </c>
+      <c r="C115">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" t="s">
+        <v>131</v>
+      </c>
+      <c r="B116" t="s">
+        <v>41</v>
+      </c>
+      <c r="C116">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" t="s">
+        <v>132</v>
+      </c>
+      <c r="B117" t="s">
+        <v>79</v>
+      </c>
+      <c r="C117">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" t="s">
+        <v>133</v>
+      </c>
+      <c r="B118" t="s">
+        <v>8</v>
+      </c>
+      <c r="C118">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" t="s">
+        <v>134</v>
+      </c>
+      <c r="B119" t="s">
+        <v>72</v>
+      </c>
+      <c r="C119">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" t="s">
+        <v>135</v>
+      </c>
+      <c r="B120" t="s">
+        <v>8</v>
+      </c>
+      <c r="C120">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" t="s">
+        <v>136</v>
+      </c>
+      <c r="B121" t="s">
+        <v>97</v>
+      </c>
+      <c r="C121">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" t="s">
+        <v>137</v>
+      </c>
+      <c r="B122" t="s">
+        <v>8</v>
+      </c>
+      <c r="C122">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" t="s">
+        <v>138</v>
+      </c>
+      <c r="B123" t="s">
+        <v>116</v>
+      </c>
+      <c r="C123">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" t="s">
+        <v>139</v>
+      </c>
+      <c r="B124" t="s">
+        <v>8</v>
+      </c>
+      <c r="C124">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" t="s">
+        <v>140</v>
+      </c>
+      <c r="B125" t="s">
+        <v>8</v>
+      </c>
+      <c r="C125">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" t="s">
+        <v>141</v>
+      </c>
+      <c r="B126" t="s">
+        <v>79</v>
+      </c>
+      <c r="C126">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" t="s">
+        <v>142</v>
+      </c>
+      <c r="B127" t="s">
+        <v>72</v>
+      </c>
+      <c r="C127">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" t="s">
+        <v>143</v>
+      </c>
+      <c r="B128" t="s">
+        <v>144</v>
+      </c>
+      <c r="C128">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" t="s">
+        <v>145</v>
+      </c>
+      <c r="B129" t="s">
+        <v>72</v>
+      </c>
+      <c r="C129">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" t="s">
+        <v>146</v>
+      </c>
+      <c r="B130" t="s">
+        <v>8</v>
+      </c>
+      <c r="C130">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" t="s">
+        <v>147</v>
+      </c>
+      <c r="B131" t="s">
+        <v>72</v>
+      </c>
+      <c r="C131">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" t="s">
+        <v>148</v>
+      </c>
+      <c r="B132" t="s">
+        <v>41</v>
+      </c>
+      <c r="C132">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" t="s">
+        <v>149</v>
+      </c>
+      <c r="B133" t="s">
+        <v>8</v>
+      </c>
+      <c r="C133">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" t="s">
+        <v>150</v>
+      </c>
+      <c r="B134" t="s">
+        <v>8</v>
+      </c>
+      <c r="C134">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" t="s">
+        <v>151</v>
+      </c>
+      <c r="B135" t="s">
+        <v>8</v>
+      </c>
+      <c r="C135">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" t="s">
+        <v>152</v>
+      </c>
+      <c r="B136" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" t="s">
+        <v>153</v>
+      </c>
+      <c r="B137" t="s">
+        <v>154</v>
+      </c>
+      <c r="C137">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" t="s">
+        <v>155</v>
+      </c>
+      <c r="B138" t="s">
+        <v>41</v>
+      </c>
+      <c r="C138">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" t="s">
+        <v>156</v>
+      </c>
+      <c r="B139" t="s">
+        <v>8</v>
+      </c>
+      <c r="C139">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" t="s">
+        <v>157</v>
+      </c>
+      <c r="B140" t="s">
+        <v>13</v>
+      </c>
+      <c r="C140">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" t="s">
+        <v>158</v>
+      </c>
+      <c r="B141" t="s">
+        <v>79</v>
+      </c>
+      <c r="C141">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" t="s">
+        <v>159</v>
+      </c>
+      <c r="B142" t="s">
+        <v>154</v>
+      </c>
+      <c r="C142">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" t="s">
+        <v>160</v>
+      </c>
+      <c r="B143" t="s">
+        <v>79</v>
+      </c>
+      <c r="C143">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" t="s">
+        <v>161</v>
+      </c>
+      <c r="B144" t="s">
+        <v>8</v>
+      </c>
+      <c r="C144">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" t="s">
+        <v>162</v>
+      </c>
+      <c r="B145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C145">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" t="s">
+        <v>163</v>
+      </c>
+      <c r="B146" t="s">
+        <v>8</v>
+      </c>
+      <c r="C146">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" t="s">
+        <v>164</v>
+      </c>
+      <c r="B147" t="s">
+        <v>8</v>
+      </c>
+      <c r="C147">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" t="s">
+        <v>165</v>
+      </c>
+      <c r="B148" t="s">
+        <v>166</v>
+      </c>
+      <c r="C148">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" t="s">
+        <v>167</v>
+      </c>
+      <c r="B149" t="s">
+        <v>26</v>
+      </c>
+      <c r="C149">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" t="s">
+        <v>168</v>
+      </c>
+      <c r="B150" t="s">
+        <v>79</v>
+      </c>
+      <c r="C150">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" t="s">
+        <v>169</v>
+      </c>
+      <c r="B151" t="s">
+        <v>26</v>
+      </c>
+      <c r="C151">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" t="s">
+        <v>170</v>
+      </c>
+      <c r="B152" t="s">
+        <v>8</v>
+      </c>
+      <c r="C152">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" t="s">
+        <v>171</v>
+      </c>
+      <c r="B153" t="s">
+        <v>72</v>
+      </c>
+      <c r="C153">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" t="s">
+        <v>172</v>
+      </c>
+      <c r="B154" t="s">
+        <v>13</v>
+      </c>
+      <c r="C154">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" t="s">
+        <v>173</v>
+      </c>
+      <c r="B155" t="s">
+        <v>8</v>
+      </c>
+      <c r="C155">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" t="s">
+        <v>174</v>
+      </c>
+      <c r="B156" t="s">
+        <v>4</v>
+      </c>
+      <c r="C156">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>