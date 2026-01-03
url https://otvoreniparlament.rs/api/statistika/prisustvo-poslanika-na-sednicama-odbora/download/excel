--- v2 (2025-12-14)
+++ v3 (2026-01-03)
@@ -12,575 +12,485 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanicka grupa</t>
   </si>
   <si>
     <t>Broj sednica</t>
   </si>
   <si>
+    <t>Nataša Milić Milaš</t>
+  </si>
+  <si>
+    <t>AV-SNSDS</t>
+  </si>
+  <si>
+    <t>Uglješa Marković</t>
+  </si>
+  <si>
+    <t>ID-SPS(</t>
+  </si>
+  <si>
+    <t>Branimir Jovanović</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>Đorđe Komlenski</t>
+  </si>
+  <si>
+    <t>ZS-PS</t>
+  </si>
+  <si>
+    <t>Dušan Marić</t>
+  </si>
+  <si>
+    <t>Risto Kostov</t>
+  </si>
+  <si>
+    <t>P-SIP</t>
+  </si>
+  <si>
+    <t>Ivana Stamatović</t>
+  </si>
+  <si>
+    <t>Goran Milić</t>
+  </si>
+  <si>
+    <t>Akoš Ujhelji</t>
+  </si>
+  <si>
+    <t>SVM</t>
+  </si>
+  <si>
+    <t>Jasmina Palurović</t>
+  </si>
+  <si>
+    <t>Dragan Nikolić</t>
+  </si>
+  <si>
+    <t>Branko Lukić</t>
+  </si>
+  <si>
+    <t>MSNPDBN</t>
+  </si>
+  <si>
+    <t>Olja Petrović</t>
+  </si>
+  <si>
+    <t>Snežana Jovanović</t>
+  </si>
+  <si>
+    <t>Nenad Krstić</t>
+  </si>
+  <si>
+    <t>Aleksandar Đukić</t>
+  </si>
+  <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
-    <t>ID-SPS(</t>
-[...11 lines deleted...]
-    <t>AV-SNSDS</t>
+    <t>Nataša Jovanović</t>
+  </si>
+  <si>
+    <t>Boris Bajić</t>
+  </si>
+  <si>
+    <t>Lidija Načić</t>
+  </si>
+  <si>
+    <t>Igor D. Jakšić</t>
+  </si>
+  <si>
+    <t>Stefan Kitanović</t>
+  </si>
+  <si>
+    <t>Bojan Torbica</t>
+  </si>
+  <si>
+    <t>Jadranka Jovanović</t>
+  </si>
+  <si>
+    <t>Stanislava Janošević</t>
+  </si>
+  <si>
+    <t>Svetlana Milijić</t>
+  </si>
+  <si>
+    <t>Radoslav Milojičić</t>
+  </si>
+  <si>
+    <t>Marko Atlagić</t>
+  </si>
+  <si>
+    <t>Nebojša Bakarec</t>
+  </si>
+  <si>
+    <t>Ivana Rokvić</t>
+  </si>
+  <si>
+    <t>NPS-NLS</t>
+  </si>
+  <si>
+    <t>Jovan Janjić</t>
+  </si>
+  <si>
+    <t>M-GIN</t>
+  </si>
+  <si>
+    <t>Lepomir Ivković</t>
+  </si>
+  <si>
+    <t>Goran Spasojević</t>
+  </si>
+  <si>
+    <t>Bogdan Radovanović</t>
+  </si>
+  <si>
+    <t>ZF-NDB</t>
   </si>
   <si>
     <t>Miloš Gnjidić</t>
   </si>
   <si>
-    <t>Nikola Lazić</t>
+    <t>Verica Milanović</t>
+  </si>
+  <si>
+    <t>SC-S</t>
+  </si>
+  <si>
+    <t>Biljana Ilić-Stošić</t>
+  </si>
+  <si>
+    <t>Dane Stanojčić</t>
+  </si>
+  <si>
+    <t>Aleksandar Jugović</t>
+  </si>
+  <si>
+    <t>Nikola Bokan</t>
+  </si>
+  <si>
+    <t>Tatjana Petrović Stojković</t>
+  </si>
+  <si>
+    <t>Radovan Tvrdišić</t>
+  </si>
+  <si>
+    <t>Miodrag Linta</t>
+  </si>
+  <si>
+    <t>Nataša Mihajlović</t>
+  </si>
+  <si>
+    <t>Ana Beloica Martać</t>
+  </si>
+  <si>
+    <t>Branko Pavlović</t>
+  </si>
+  <si>
+    <t>Tomislav Janković</t>
+  </si>
+  <si>
+    <t>Darko Jovanović</t>
+  </si>
+  <si>
+    <t>Ljubica Vraneš</t>
+  </si>
+  <si>
+    <t>Danijela Nikolić</t>
+  </si>
+  <si>
+    <t>Miroslav Petrašinović</t>
+  </si>
+  <si>
+    <t>Veroljub Matić</t>
+  </si>
+  <si>
+    <t>Marko Mladenović</t>
+  </si>
+  <si>
+    <t>Mirka Lukić Šarkanović</t>
+  </si>
+  <si>
+    <t>Aleksandar Pavić</t>
+  </si>
+  <si>
+    <t>Ana Miljanić</t>
+  </si>
+  <si>
+    <t>Dijana Radović</t>
+  </si>
+  <si>
+    <t>Života Starčević</t>
+  </si>
+  <si>
+    <t>DMP-JS</t>
+  </si>
+  <si>
+    <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Tijana Davidovac</t>
   </si>
   <si>
-    <t>Akoš Ujhelji</t>
-[...13 lines deleted...]
-  <si>
     <t>Nevena Veinović</t>
   </si>
   <si>
+    <t>Vojislav Vujić</t>
+  </si>
+  <si>
+    <t>Peđa Mitrović</t>
+  </si>
+  <si>
+    <t>SSIP</t>
+  </si>
+  <si>
+    <t>Branko Miljuš</t>
+  </si>
+  <si>
+    <t>Sanja Jefić Branković</t>
+  </si>
+  <si>
+    <t>Slađana Šušnjar</t>
+  </si>
+  <si>
+    <t>Marko Milenković</t>
+  </si>
+  <si>
+    <t>Jelena Jerinić</t>
+  </si>
+  <si>
+    <t>Aleksandar Ivanović</t>
+  </si>
+  <si>
+    <t>Ana Krstić</t>
+  </si>
+  <si>
+    <t>Jovan Palalić</t>
+  </si>
+  <si>
+    <t>Miljana Milojević</t>
+  </si>
+  <si>
     <t>Miroslav Kondić</t>
   </si>
   <si>
+    <t>Dalibor Jekić</t>
+  </si>
+  <si>
+    <t>Goran Nikolić</t>
+  </si>
+  <si>
+    <t>Sanja Milošević</t>
+  </si>
+  <si>
+    <t>Tatjana Nikolić</t>
+  </si>
+  <si>
+    <t>Dragana Radinović</t>
+  </si>
+  <si>
+    <t>Jelena Milošević</t>
+  </si>
+  <si>
+    <t>Stefan Janjić</t>
+  </si>
+  <si>
+    <t>Uroš Đokić</t>
+  </si>
+  <si>
+    <t>Vladimir Pajić</t>
+  </si>
+  <si>
+    <t>PSG(�SDAS(S�PZDD(</t>
+  </si>
+  <si>
+    <t>Aleksandar Čotrić</t>
+  </si>
+  <si>
+    <t>Željko Veselinović</t>
+  </si>
+  <si>
+    <t>PS-DSSP</t>
+  </si>
+  <si>
+    <t>Aleksandra Tomić</t>
+  </si>
+  <si>
+    <t>Dubravka Filipovski</t>
+  </si>
+  <si>
     <t>Branislav Josifović</t>
   </si>
   <si>
+    <t>Sanja Džajić</t>
+  </si>
+  <si>
+    <t>Ana Jakovljević</t>
+  </si>
+  <si>
+    <t>Robert Kozma</t>
+  </si>
+  <si>
+    <t>Milan Radin</t>
+  </si>
+  <si>
+    <t>Dušan Nikezić</t>
+  </si>
+  <si>
+    <t>Miroslav Aleksić</t>
+  </si>
+  <si>
+    <t>Edis Durgutović</t>
+  </si>
+  <si>
+    <t>Radomir Lazović</t>
+  </si>
+  <si>
+    <t>Rastislav Dinić</t>
+  </si>
+  <si>
+    <t>Emeše Uri</t>
+  </si>
+  <si>
+    <t>Đorđe Pavićević</t>
+  </si>
+  <si>
+    <t>Edin Numanović</t>
+  </si>
+  <si>
+    <t>NPKN�PG</t>
+  </si>
+  <si>
     <t>Željko Rebrača</t>
   </si>
   <si>
-    <t>Ana Miljanić</t>
-[...32 lines deleted...]
-    <t>SPS</t>
+    <t>Nikola Pantelić</t>
+  </si>
+  <si>
+    <t>Stojan Radenović</t>
+  </si>
+  <si>
+    <t>Zdravko Mladenović</t>
+  </si>
+  <si>
+    <t>Marija Jevđić</t>
+  </si>
+  <si>
+    <t>Mitar Kovač</t>
+  </si>
+  <si>
+    <t>Jasmina Obradović</t>
+  </si>
+  <si>
+    <t>Biljana Pantić Pilja</t>
+  </si>
+  <si>
+    <t>Zdravko Ponoš</t>
   </si>
   <si>
     <t>Dejan Bulatović</t>
   </si>
   <si>
-    <t>Dijana Radović</t>
+    <t>Dragan Jovanović</t>
+  </si>
+  <si>
+    <t>Slobodan Ilić</t>
+  </si>
+  <si>
+    <t>Jožef Tobiaš</t>
   </si>
   <si>
     <t>Milija Miletić</t>
   </si>
   <si>
-    <t>NPKN�PG</t>
-[...2 lines deleted...]
-    <t>Lidija Načić</t>
+    <t>Ivan Karić</t>
+  </si>
+  <si>
+    <t>Ana Eraković</t>
+  </si>
+  <si>
+    <t>Slobodan Cvejić</t>
+  </si>
+  <si>
+    <t>Biljana Đorđević</t>
+  </si>
+  <si>
+    <t>Jelena Spirić</t>
   </si>
   <si>
     <t>Dragana Arsić</t>
   </si>
   <si>
+    <t>Dragan Stanojević</t>
+  </si>
+  <si>
+    <t>Ivan Antić</t>
+  </si>
+  <si>
+    <t>Sanja Ćalović</t>
+  </si>
+  <si>
+    <t>Sonja Ilić</t>
+  </si>
+  <si>
+    <t>Marko Milošević</t>
+  </si>
+  <si>
+    <t>Slobodan Petrović</t>
+  </si>
+  <si>
     <t>Vesna Nedović</t>
-  </si>
-[...403 lines deleted...]
-    <t>Nataša Bogunović</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -894,1776 +804,1457 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C156"/>
+  <dimension ref="A1:C127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C5">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C6">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C7">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C10">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C11">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C12">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C13">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C14">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C16">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C18">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C19">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="C20">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C21">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C22">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C23">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C24">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="C25">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C26">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B28" t="s">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="C28">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>37</v>
       </c>
       <c r="B29" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C29">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>38</v>
       </c>
       <c r="B30" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C30">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>39</v>
       </c>
       <c r="B31" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="C31">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C32">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B33" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="C33">
         <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B34" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C34">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B35" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="C35">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B36" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C36">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B37" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="C37">
         <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B38" t="s">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="C38">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B39" t="s">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="C39">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B40" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C40">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B41" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C41">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B42" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C42">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B43" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C43">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B44" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C44">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B45" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C45">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B46" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C46">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="C47">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B48" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C48">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B49" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C49">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B50" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C50">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B51" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C51">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B52" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C52">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B53" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C53">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C54">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B55" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="C55">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C56">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B57" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C57">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B58" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C58">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B59" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="C59">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B60" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C60">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B61" t="s">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="C61">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B62" t="s">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="C62">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B63" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="C63">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="C64">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B65" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="C65">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B66" t="s">
-        <v>79</v>
+        <v>8</v>
       </c>
       <c r="C66">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B68" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C68">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B69" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="C69">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B70" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C70">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B71" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="C71">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B72" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C72">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B73" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C73">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B74" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C74">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B75" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="C75">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B76" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C76">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B78" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C78">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B79" t="s">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="C79">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B80" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C80">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B81" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="C81">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B82" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="C82">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B83" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C83">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B84" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C84">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B85" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="C85">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B87" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C87">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B88" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C88">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B89" t="s">
-        <v>79</v>
+        <v>4</v>
       </c>
       <c r="C89">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B90" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="C90">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B91" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C91">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B92" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C92">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B93" t="s">
-        <v>4</v>
+        <v>78</v>
       </c>
       <c r="C93">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B94" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="C94">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B95" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="C95">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B96" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="C96">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B97" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="C97">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B98" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C98">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B99" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C99">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B100" t="s">
-        <v>6</v>
+        <v>117</v>
       </c>
       <c r="C100">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B101" t="s">
-        <v>116</v>
+        <v>4</v>
       </c>
       <c r="C101">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B102" t="s">
-        <v>97</v>
+        <v>4</v>
       </c>
       <c r="C102">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B103" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="C103">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B104" t="s">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="C104">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B105" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="C105">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B106" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="C106">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B107" t="s">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="C107">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B108" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="C108">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B109" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="C109">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B110" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="C110">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B111" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C111">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B112" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="C112">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B113" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C113">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B114" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="C114">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B115" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C115">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B116" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C116">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B117" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="C117">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B118" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="C118">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B119" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C119">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B120" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C120">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B121" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="C121">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B122" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C122">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B123" t="s">
-        <v>116</v>
+        <v>6</v>
       </c>
       <c r="C123">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B124" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C124">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B125" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C125">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B126" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="C126">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B127" t="s">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="C127">
-        <v>1</v>
-[...317 lines deleted...]
-      <c r="C156">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>