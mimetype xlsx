--- v3 (2026-01-03)
+++ v4 (2026-02-16)
@@ -12,485 +12,368 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanicka grupa</t>
   </si>
   <si>
     <t>Broj sednica</t>
   </si>
   <si>
+    <t>Jasmina Palurović</t>
+  </si>
+  <si>
+    <t>AV-SNSDS</t>
+  </si>
+  <si>
+    <t>Nikola Bokan</t>
+  </si>
+  <si>
+    <t>Risto Kostov</t>
+  </si>
+  <si>
+    <t>P-SIP</t>
+  </si>
+  <si>
+    <t>Akoš Ujhelji</t>
+  </si>
+  <si>
+    <t>SVM</t>
+  </si>
+  <si>
+    <t>Miloš Gnjidić</t>
+  </si>
+  <si>
+    <t>Slobodan Petrović</t>
+  </si>
+  <si>
+    <t>SC-S</t>
+  </si>
+  <si>
+    <t>Dragan Nikolić</t>
+  </si>
+  <si>
+    <t>Snežana Jovanović</t>
+  </si>
+  <si>
+    <t>Verica Milanović</t>
+  </si>
+  <si>
+    <t>Boris Bajić</t>
+  </si>
+  <si>
+    <t>Miljana Milojević</t>
+  </si>
+  <si>
+    <t>Đorđe Komlenski</t>
+  </si>
+  <si>
+    <t>ZS-PS</t>
+  </si>
+  <si>
+    <t>Lidija Načić</t>
+  </si>
+  <si>
+    <t>Dragana Arsić</t>
+  </si>
+  <si>
+    <t>Vesna Nedović</t>
+  </si>
+  <si>
+    <t>Nikola Radosavljević</t>
+  </si>
+  <si>
+    <t>Goran Spasojević</t>
+  </si>
+  <si>
+    <t>Bogdan Radovanović</t>
+  </si>
+  <si>
+    <t>ZF-NDB</t>
+  </si>
+  <si>
+    <t>Dijana Radović</t>
+  </si>
+  <si>
+    <t>ID-SPS(</t>
+  </si>
+  <si>
+    <t>Tomislav Janković</t>
+  </si>
+  <si>
+    <t>Sanja Jefić Branković</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>Dunja Simonović Bratić</t>
+  </si>
+  <si>
+    <t>Ljubica Vraneš</t>
+  </si>
+  <si>
+    <t>Marko Atlagić</t>
+  </si>
+  <si>
+    <t>Uglješa Marković</t>
+  </si>
+  <si>
+    <t>Nebojša Bakarec</t>
+  </si>
+  <si>
+    <t>Vojislav Vujić</t>
+  </si>
+  <si>
+    <t>DMP-JS</t>
+  </si>
+  <si>
+    <t>Nataša Jovanović</t>
+  </si>
+  <si>
+    <t>Dušan Marić</t>
+  </si>
+  <si>
+    <t>Svetlana Milijić</t>
+  </si>
+  <si>
+    <t>Lepomir Ivković</t>
+  </si>
+  <si>
+    <t>Nenad Krstić</t>
+  </si>
+  <si>
+    <t>Miroslav Kondić</t>
+  </si>
+  <si>
+    <t>Goran Nikolić</t>
+  </si>
+  <si>
+    <t>Robert Kozma</t>
+  </si>
+  <si>
+    <t>Nenad Filipović</t>
+  </si>
+  <si>
+    <t>Jasmina Karanac</t>
+  </si>
+  <si>
+    <t>Dragan Stanojević</t>
+  </si>
+  <si>
+    <t>M-GIN</t>
+  </si>
+  <si>
+    <t>Stanislava Janošević</t>
+  </si>
+  <si>
+    <t>Mila Popović</t>
+  </si>
+  <si>
+    <t>SSIP</t>
+  </si>
+  <si>
+    <t>Staša Stojanović</t>
+  </si>
+  <si>
+    <t>Vesna Savović-Petković</t>
+  </si>
+  <si>
+    <t>Vesna Đurišić</t>
+  </si>
+  <si>
+    <t>Tatjana Marković-Topalović</t>
+  </si>
+  <si>
+    <t>Miroslav Petrašinović</t>
+  </si>
+  <si>
+    <t>Branislav Josifović</t>
+  </si>
+  <si>
+    <t>Ana Krstić</t>
+  </si>
+  <si>
+    <t>Vesna Stanković</t>
+  </si>
+  <si>
+    <t>Tatjana Nikolić</t>
+  </si>
+  <si>
+    <t>Sanja Milošević</t>
+  </si>
+  <si>
+    <t>Miodrag Linta</t>
+  </si>
+  <si>
+    <t>Ivan Antić</t>
+  </si>
+  <si>
+    <t>Dragana Radinović</t>
+  </si>
+  <si>
+    <t>Sanja Ćalović</t>
+  </si>
+  <si>
+    <t>Irena Živković</t>
+  </si>
+  <si>
+    <t>PS-DSSP</t>
+  </si>
+  <si>
+    <t>Nevena Veinović</t>
+  </si>
+  <si>
+    <t>Danijela Nikolić</t>
+  </si>
+  <si>
+    <t>Olja Petrović</t>
+  </si>
+  <si>
+    <t>Ana Beloica Martać</t>
+  </si>
+  <si>
+    <t>Veroljub Matić</t>
+  </si>
+  <si>
+    <t>Radomir Lazović</t>
+  </si>
+  <si>
+    <t>Jovan Janjić</t>
+  </si>
+  <si>
+    <t>Ivana Rokvić</t>
+  </si>
+  <si>
+    <t>NPS-NLS</t>
+  </si>
+  <si>
+    <t>Zoran Dragišić</t>
+  </si>
+  <si>
+    <t>Radovan Tvrdišić</t>
+  </si>
+  <si>
+    <t>Života Starčević</t>
+  </si>
+  <si>
+    <t>Aleksandar Đukić</t>
+  </si>
+  <si>
+    <t>Marko Milenković</t>
+  </si>
+  <si>
+    <t>Miroslav Aleksić</t>
+  </si>
+  <si>
+    <t>Anna Oreg</t>
+  </si>
+  <si>
+    <t>PSG(�SDAS(S�PZDD(</t>
+  </si>
+  <si>
+    <t>Žika Gojković</t>
+  </si>
+  <si>
+    <t>Sanela Strainović</t>
+  </si>
+  <si>
+    <t>Dejan Bulatović</t>
+  </si>
+  <si>
+    <t>Tijana Davidovac</t>
+  </si>
+  <si>
+    <t>Radoslav Milojičić</t>
+  </si>
+  <si>
+    <t>Milija Miletić</t>
+  </si>
+  <si>
+    <t>NPKN�PG</t>
+  </si>
+  <si>
+    <t>Ivan Karić</t>
+  </si>
+  <si>
+    <t>Jožef Tobiaš</t>
+  </si>
+  <si>
+    <t>Branko Miljuš</t>
+  </si>
+  <si>
+    <t>Vladimir Đorđević</t>
+  </si>
+  <si>
+    <t>ND-P(</t>
+  </si>
+  <si>
+    <t>Edin Numanović</t>
+  </si>
+  <si>
+    <t>Ilo Mihajlovski</t>
+  </si>
+  <si>
+    <t>Peđa Mitrović</t>
+  </si>
+  <si>
+    <t>Vladimir Pajić</t>
+  </si>
+  <si>
     <t>Nataša Milić Milaš</t>
   </si>
   <si>
-    <t>AV-SNSDS</t>
-[...244 lines deleted...]
-  <si>
     <t>Jovan Palalić</t>
   </si>
   <si>
-    <t>Miljana Milojević</t>
-[...64 lines deleted...]
-  <si>
     <t>Dušan Nikezić</t>
-  </si>
-[...103 lines deleted...]
-    <t>Vesna Nedović</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,1457 +687,1028 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C127"/>
+  <dimension ref="A1:C88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C3">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" t="s">
         <v>7</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>9</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
       <c r="C6">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
         <v>12</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C10">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C11">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C13">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>4</v>
       </c>
       <c r="C14">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B17" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C17">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C18">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C19">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B20" t="s">
         <v>28</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>30</v>
       </c>
       <c r="B22" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="C22">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="C23">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C24">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B25" t="s">
         <v>4</v>
       </c>
       <c r="C25">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B26" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="C26">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B28" t="s">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="C28">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B29" t="s">
         <v>4</v>
       </c>
       <c r="C29">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B30" t="s">
         <v>4</v>
       </c>
       <c r="C30">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B31" t="s">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C31">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B32" t="s">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="C32">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>43</v>
       </c>
       <c r="B33" t="s">
         <v>4</v>
       </c>
       <c r="C33">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>44</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>45</v>
       </c>
       <c r="B35" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C35">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B36" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C36">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B37" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="C37">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B38" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="C38">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B39" t="s">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="C39">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B40" t="s">
         <v>4</v>
       </c>
       <c r="C40">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>52</v>
+      </c>
+      <c r="B41" t="s">
         <v>53</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>54</v>
       </c>
       <c r="B42" t="s">
         <v>4</v>
       </c>
       <c r="C42">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>55</v>
       </c>
       <c r="B43" t="s">
         <v>4</v>
       </c>
       <c r="C43">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>56</v>
       </c>
       <c r="B44" t="s">
         <v>4</v>
       </c>
       <c r="C44">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>57</v>
       </c>
       <c r="B45" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C45">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>58</v>
       </c>
       <c r="B46" t="s">
         <v>4</v>
       </c>
       <c r="C46">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>59</v>
       </c>
       <c r="B47" t="s">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="C47">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>60</v>
       </c>
       <c r="B48" t="s">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="C48">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>61</v>
       </c>
       <c r="B49" t="s">
         <v>4</v>
       </c>
       <c r="C49">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>62</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>63</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>64</v>
       </c>
       <c r="B52" t="s">
         <v>4</v>
       </c>
       <c r="C52">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>65</v>
       </c>
       <c r="B53" t="s">
         <v>4</v>
       </c>
       <c r="C53">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>66</v>
       </c>
       <c r="B54" t="s">
         <v>4</v>
       </c>
       <c r="C54">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>67</v>
       </c>
       <c r="B55" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="C55">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>68</v>
       </c>
       <c r="B56" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="C56">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B58" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C58">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B59" t="s">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="C59">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>73</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>74</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>75</v>
       </c>
       <c r="B62" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C62">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>76</v>
       </c>
       <c r="B63" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="C63">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>77</v>
       </c>
       <c r="B64" t="s">
         <v>78</v>
       </c>
       <c r="C64">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>79</v>
       </c>
       <c r="B65" t="s">
-        <v>78</v>
+        <v>4</v>
       </c>
       <c r="C65">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>80</v>
       </c>
       <c r="B66" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C66">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>81</v>
       </c>
       <c r="B67" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="C67">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>82</v>
       </c>
       <c r="B68" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C68">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>83</v>
       </c>
       <c r="B69" t="s">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="C69">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>84</v>
       </c>
       <c r="B70" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="C70">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>85</v>
       </c>
       <c r="B71" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="C71">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B75" t="s">
-        <v>78</v>
+        <v>4</v>
       </c>
       <c r="C75">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B77" t="s">
-        <v>4</v>
+        <v>93</v>
       </c>
       <c r="C77">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B78" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="C78">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B79" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C79">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B80" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="C80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B81" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="C81">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B82" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="C82">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B83" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
       <c r="C83">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B84" t="s">
-        <v>4</v>
+        <v>53</v>
       </c>
       <c r="C84">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B85" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="C85">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B88" t="s">
-        <v>4</v>
+        <v>53</v>
       </c>
       <c r="C88">
-        <v>1</v>
-[...427 lines deleted...]
-      <c r="C127">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>