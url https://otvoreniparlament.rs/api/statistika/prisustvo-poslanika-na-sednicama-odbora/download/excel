--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -12,368 +12,401 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanicka grupa</t>
   </si>
   <si>
     <t>Broj sednica</t>
   </si>
   <si>
+    <t>Goran Milić</t>
+  </si>
+  <si>
+    <t>AV-SNSDS</t>
+  </si>
+  <si>
+    <t>Aleksandra Tomić</t>
+  </si>
+  <si>
+    <t>Jasmina Karanac</t>
+  </si>
+  <si>
+    <t>SPS</t>
+  </si>
+  <si>
+    <t>Dragan Jovanović</t>
+  </si>
+  <si>
+    <t>Dunja Simonović Bratić</t>
+  </si>
+  <si>
+    <t>ID-SPS(</t>
+  </si>
+  <si>
+    <t>Milan Radin</t>
+  </si>
+  <si>
+    <t>Uglješa Marković</t>
+  </si>
+  <si>
+    <t>Branislav Josifović</t>
+  </si>
+  <si>
+    <t>Sanja Džajić</t>
+  </si>
+  <si>
+    <t>Robert Kozma</t>
+  </si>
+  <si>
+    <t>ZF-NDB</t>
+  </si>
+  <si>
+    <t>Tomislav Janković</t>
+  </si>
+  <si>
+    <t>Ivana Stamatović</t>
+  </si>
+  <si>
+    <t>ZS-PS</t>
+  </si>
+  <si>
+    <t>Vesna Savović-Petković</t>
+  </si>
+  <si>
+    <t>Dejan Bulatović</t>
+  </si>
+  <si>
+    <t>Ana Miljanić</t>
+  </si>
+  <si>
+    <t>Stanislava Janošević</t>
+  </si>
+  <si>
+    <t>Života Starčević</t>
+  </si>
+  <si>
+    <t>DMP-JS</t>
+  </si>
+  <si>
+    <t>Slobodan Cvejić</t>
+  </si>
+  <si>
+    <t>SC-S</t>
+  </si>
+  <si>
+    <t>Miroslav Kondić</t>
+  </si>
+  <si>
+    <t>Staša Stojanović</t>
+  </si>
+  <si>
+    <t>Zagorka Aleksić</t>
+  </si>
+  <si>
+    <t>Dragan Jonić</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>Miljana Milojević</t>
+  </si>
+  <si>
+    <t>Milija Miletić</t>
+  </si>
+  <si>
+    <t>NPKN�PG</t>
+  </si>
+  <si>
+    <t>Ilo Mihajlovski</t>
+  </si>
+  <si>
+    <t>P-SIP</t>
+  </si>
+  <si>
+    <t>Katarina Stojanović</t>
+  </si>
+  <si>
+    <t>Tijana Davidovac</t>
+  </si>
+  <si>
+    <t>Miroslav Aleksić</t>
+  </si>
+  <si>
+    <t>NPS-NLS</t>
+  </si>
+  <si>
+    <t>Nenad Filipović</t>
+  </si>
+  <si>
     <t>Jasmina Palurović</t>
   </si>
   <si>
-    <t>AV-SNSDS</t>
-[...8 lines deleted...]
-    <t>P-SIP</t>
+    <t>Nenad Krstić</t>
+  </si>
+  <si>
+    <t>Jelena Milošević</t>
+  </si>
+  <si>
+    <t>SSIP</t>
+  </si>
+  <si>
+    <t>Dalibor Šćekić</t>
+  </si>
+  <si>
+    <t>Tatjana Marković-Topalović</t>
+  </si>
+  <si>
+    <t>Dušan Nikezić</t>
+  </si>
+  <si>
+    <t>Veroljub Matić</t>
+  </si>
+  <si>
+    <t>Ivan Karić</t>
+  </si>
+  <si>
+    <t>Žika Gojković</t>
+  </si>
+  <si>
+    <t>Slobodan Petrović</t>
+  </si>
+  <si>
+    <t>Slobodan Ilić</t>
+  </si>
+  <si>
+    <t>MSNPDBN</t>
+  </si>
+  <si>
+    <t>Jožef Tobiaš</t>
+  </si>
+  <si>
+    <t>SVM</t>
+  </si>
+  <si>
+    <t>Elvira Kovač</t>
+  </si>
+  <si>
+    <t>Miroslav Petrašinović</t>
+  </si>
+  <si>
+    <t>Branimir Jovanović</t>
+  </si>
+  <si>
+    <t>Stefan Kitanović</t>
+  </si>
+  <si>
+    <t>Aleksandar Jugović</t>
+  </si>
+  <si>
+    <t>Olja Petrović</t>
+  </si>
+  <si>
+    <t>Đorđe Pavićević</t>
+  </si>
+  <si>
+    <t>Dane Stanojčić</t>
+  </si>
+  <si>
+    <t>Igor D. Jakšić</t>
+  </si>
+  <si>
+    <t>Nataša Mihajlović</t>
+  </si>
+  <si>
+    <t>Dubravka Filipovski</t>
+  </si>
+  <si>
+    <t>Nikola Lazić</t>
+  </si>
+  <si>
+    <t>Nikola Radosavljević</t>
+  </si>
+  <si>
+    <t>Ana Beloica Martać</t>
+  </si>
+  <si>
+    <t>Branko Pavlović</t>
+  </si>
+  <si>
+    <t>M-GIN</t>
   </si>
   <si>
     <t>Akoš Ujhelji</t>
   </si>
   <si>
-    <t>SVM</t>
-[...35 lines deleted...]
-    <t>Dragana Arsić</t>
+    <t>Marija Zdravković</t>
+  </si>
+  <si>
+    <t>Anita Nešić</t>
+  </si>
+  <si>
+    <t>Nada Macura</t>
+  </si>
+  <si>
+    <t>Bojan Torbica</t>
+  </si>
+  <si>
+    <t>Tanja Rađenović</t>
+  </si>
+  <si>
+    <t>Edin Đerlek</t>
+  </si>
+  <si>
+    <t>Nataša Jovanović</t>
+  </si>
+  <si>
+    <t>Biljana Pantić Pilja</t>
+  </si>
+  <si>
+    <t>Emeše Uri</t>
+  </si>
+  <si>
+    <t>Marina Mijatović</t>
+  </si>
+  <si>
+    <t>Sonja Pernat</t>
+  </si>
+  <si>
+    <t>PS-DSSP</t>
+  </si>
+  <si>
+    <t>Jovan Palalić</t>
+  </si>
+  <si>
+    <t>Dobrica Veselinović</t>
+  </si>
+  <si>
+    <t>Dragan M. Marković</t>
+  </si>
+  <si>
+    <t>Dragan Stanojević</t>
+  </si>
+  <si>
+    <t>Đorđe Stanković</t>
+  </si>
+  <si>
+    <t>Natalija Stojmenović</t>
+  </si>
+  <si>
+    <t>Aleksandar Ivanović</t>
+  </si>
+  <si>
+    <t>Tatjana Petrović Stojković</t>
+  </si>
+  <si>
+    <t>Branko Lukić</t>
+  </si>
+  <si>
+    <t>Radovan Tvrdišić</t>
+  </si>
+  <si>
+    <t>Aleksandar Čotrić</t>
+  </si>
+  <si>
+    <t>Jadranka Jovanović</t>
+  </si>
+  <si>
+    <t>Đorđo Đorđić</t>
+  </si>
+  <si>
+    <t>Dušan Marić</t>
+  </si>
+  <si>
+    <t>Marko Mladenović</t>
+  </si>
+  <si>
+    <t>Vojislav Vujić</t>
+  </si>
+  <si>
+    <t>Peđa Mitrović</t>
+  </si>
+  <si>
+    <t>Goran Rakić</t>
   </si>
   <si>
     <t>Vesna Nedović</t>
   </si>
   <si>
-    <t>Nikola Radosavljević</t>
+    <t>Vesna Đurišić</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
-    <t>Bogdan Radovanović</t>
-[...2 lines deleted...]
-    <t>ZF-NDB</t>
+    <t>Edin Numanović</t>
+  </si>
+  <si>
+    <t>Željko Rebrača</t>
+  </si>
+  <si>
+    <t>Lidija Šarac</t>
+  </si>
+  <si>
+    <t>Stojan Radenović</t>
+  </si>
+  <si>
+    <t>Zdravko Mladenović</t>
+  </si>
+  <si>
+    <t>Slađana Šušnjar</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
-    <t>ID-SPS(</t>
-[...230 lines deleted...]
-    <t>Dušan Nikezić</t>
+    <t>Nevena Đurić</t>
+  </si>
+  <si>
+    <t>Hadži Milorad Stošić</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -687,1028 +720,1149 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C88"/>
+  <dimension ref="A1:C99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" t="s">
         <v>10</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C10">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" t="s">
         <v>16</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>4</v>
       </c>
       <c r="C14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>4</v>
       </c>
       <c r="C17">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="C18">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C19">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="C20">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>30</v>
       </c>
       <c r="B22" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="C22">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" t="s">
         <v>32</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>33</v>
       </c>
       <c r="B24" t="s">
         <v>4</v>
       </c>
       <c r="C24">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>34</v>
       </c>
       <c r="B25" t="s">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="C25">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B26" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B28" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="C28">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="C29">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B30" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B31" t="s">
         <v>4</v>
       </c>
       <c r="C31">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B32" t="s">
         <v>4</v>
       </c>
       <c r="C32">
         <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B33" t="s">
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="C33">
         <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B35" t="s">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="C35">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" t="s">
         <v>46</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B37" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="C37">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B38" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="C38">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B39" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="C39">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B40" t="s">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="C40">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B41" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C41">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B42" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="C42">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B43" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="C43">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B44" t="s">
         <v>4</v>
       </c>
       <c r="C44">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B45" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C45">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B46" t="s">
         <v>4</v>
       </c>
       <c r="C46">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B47" t="s">
         <v>4</v>
       </c>
       <c r="C47">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B48" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="C48">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B49" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C49">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B52" t="s">
         <v>4</v>
       </c>
       <c r="C52">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B53" t="s">
         <v>4</v>
       </c>
       <c r="C53">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B54" t="s">
         <v>4</v>
       </c>
       <c r="C54">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B55" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="C55">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B56" t="s">
-        <v>69</v>
+        <v>4</v>
       </c>
       <c r="C56">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B57" t="s">
-        <v>4</v>
+        <v>73</v>
       </c>
       <c r="C57">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B58" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="C58">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B62" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B63" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="C63">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B64" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B66" t="s">
         <v>4</v>
       </c>
       <c r="C66">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B67" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="C67">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B68" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="C68">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B69" t="s">
-        <v>4</v>
+        <v>86</v>
       </c>
       <c r="C69">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B70" t="s">
-        <v>78</v>
+        <v>4</v>
       </c>
       <c r="C70">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B71" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="C71">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B72" t="s">
-        <v>4</v>
+        <v>37</v>
       </c>
       <c r="C72">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B73" t="s">
-        <v>4</v>
+        <v>73</v>
       </c>
       <c r="C73">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B74" t="s">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="C74">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B75" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C75">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B76" t="s">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="C76">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B77" t="s">
-        <v>93</v>
+        <v>4</v>
       </c>
       <c r="C77">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B78" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="C78">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C79">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B80" t="s">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="C80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B81" t="s">
-        <v>98</v>
+        <v>4</v>
       </c>
       <c r="C81">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>99</v>
       </c>
       <c r="B82" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="C82">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>100</v>
       </c>
       <c r="B83" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C83">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>101</v>
       </c>
       <c r="B84" t="s">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="C84">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>102</v>
       </c>
       <c r="B85" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="C85">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>103</v>
       </c>
       <c r="B86" t="s">
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="C86">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>104</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>105</v>
       </c>
       <c r="B88" t="s">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="C88">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" t="s">
+        <v>106</v>
+      </c>
+      <c r="B89" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" t="s">
+        <v>107</v>
+      </c>
+      <c r="B90" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" t="s">
+        <v>108</v>
+      </c>
+      <c r="B91" t="s">
+        <v>35</v>
+      </c>
+      <c r="C91">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" t="s">
+        <v>109</v>
+      </c>
+      <c r="B92" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" t="s">
+        <v>110</v>
+      </c>
+      <c r="B93" t="s">
+        <v>19</v>
+      </c>
+      <c r="C93">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" t="s">
+        <v>111</v>
+      </c>
+      <c r="B94" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" t="s">
+        <v>112</v>
+      </c>
+      <c r="B95" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" t="s">
+        <v>113</v>
+      </c>
+      <c r="B96" t="s">
+        <v>7</v>
+      </c>
+      <c r="C96">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" t="s">
+        <v>114</v>
+      </c>
+      <c r="B97" t="s">
+        <v>10</v>
+      </c>
+      <c r="C97">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" t="s">
+        <v>115</v>
+      </c>
+      <c r="B98" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" t="s">
+        <v>116</v>
+      </c>
+      <c r="B99" t="s">
+        <v>37</v>
+      </c>
+      <c r="C99">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>