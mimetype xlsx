--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -845,51 +845,51 @@
   <si>
     <t>Sofija Maksimović</t>
   </si>
   <si>
     <t>Željko Tomić</t>
   </si>
   <si>
     <t>Ilija Životić</t>
   </si>
   <si>
     <t>Ljiljana Kuzmanović-Vujaković</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Poslanička grupa PUPS - "Tri P"</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Đuro Perić</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Aleksandar Jovanović PUPS</t>
   </si>
   <si>
     <t>Mira Petrović</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Aco Petrović</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>