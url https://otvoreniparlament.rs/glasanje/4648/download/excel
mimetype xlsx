--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -830,51 +830,51 @@
   <si>
     <t>Stranka pravde i pomirenja</t>
   </si>
   <si>
     <t>Milija Miletić</t>
   </si>
   <si>
     <t>Samir Tandir</t>
   </si>
   <si>
     <t>Misala Pramenković</t>
   </si>
   <si>
     <t>Amela Lukač Zoranić</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Poslanička grupa PUPS - "Tri P"</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Aleksandar Jovanović PUPS</t>
   </si>
   <si>
     <t>Mira Petrović</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Aco Petrović</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>Vladan Glišić</t>
   </si>