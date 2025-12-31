--- v0 (2025-10-08)
+++ v1 (2025-12-31)
@@ -413,51 +413,51 @@
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Aleksandra Đanković</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Violeta Filip</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Đorđe Milićević</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dejan Radenković</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
@@ -899,51 +899,51 @@
   <si>
     <t>Radomir Lazović</t>
   </si>
   <si>
     <t>Đorđe Pavićević</t>
   </si>
   <si>
     <t>Borislava Perić-Ranković</t>
   </si>
   <si>
     <t>Narodni poslanici koji nisu članovi poslaničkih grupa</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Biljana Dragić</t>
   </si>
   <si>
     <t>Miloš Parandilović</t>
   </si>
   <si>
     <t>Novo lice Srbije</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Usame Zukorlić</t>
   </si>
   <si>
     <t>Stranka pravde i pomirenja</t>
   </si>
   <si>
     <t>Jahja Fehratović</t>
   </si>
   <si>
     <t>Zaim Redžepović</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>