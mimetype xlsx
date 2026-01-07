--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -422,51 +422,51 @@
   <si>
     <t>Nataša Bogunović</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dejan Radenković</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Zvonimir Stević</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>Partija za demokratsko delovanje</t>
   </si>
   <si>
     <t>Selma Kučević</t>
   </si>
   <si>
     <t>Aleksandar Olenik</t>
   </si>
   <si>
     <t>Zajedno za Vojvodinu</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Biljana Dragić</t>
   </si>
   <si>
     <t>Miloš Parandilović</t>
   </si>
   <si>
     <t>Novo lice Srbije</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Aleksandar Jerković</t>
   </si>
   <si>
     <t>Bunjevci građani Srbije</t>
   </si>
   <si>
     <t>Zagorka Aleksić</t>
   </si>
   <si>
     <t>Jedinstvena Srbija - Dragan Marković Palma</t>
   </si>
   <si>
     <t>Jedinstvena Srbija</t>
   </si>
   <si>
     <t>Dejan Ignjatović</t>
   </si>
   <si>
     <t>Marija Jevđić</t>
   </si>
   <si>
     <t>Dragan D. Marković</t>
   </si>