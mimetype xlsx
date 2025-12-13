--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -401,51 +401,51 @@
   <si>
     <t>Nataša Bogunović</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dejan Radenković</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Zvonimir Stević</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>Partija za demokratsko delovanje</t>
   </si>
   <si>
     <t>Selma Kučević</t>
   </si>
   <si>
     <t>Aleksandar Olenik</t>
   </si>
   <si>
     <t>Zajedno za Vojvodinu</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Biljana Dragić</t>
   </si>
   <si>
     <t>Miloš Parandilović</t>
   </si>
   <si>
     <t>Novo lice Srbije</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Usame Zukorlić</t>
   </si>
   <si>
     <t>Stranka pravde i pomirenja</t>
   </si>
   <si>
     <t>Jahja Fehratović</t>
   </si>
   <si>
     <t>Zaim Redžepović</t>
   </si>
   <si>
     <t>Mirko Ostrogonac</t>
   </si>
   <si>
     <t>Demokratski savez Hrvata u Vojvodini</t>
   </si>
   <si>
     <t>Zagorka Aleksić</t>
   </si>
   <si>
     <t>Jedinstvena Srbija - Dragan Marković Palma</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>Dejana Vasić</t>
   </si>
   <si>
     <t>Edis Durgutović</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Milovan Jakovljević</t>
   </si>
   <si>
     <t>SRPSKI POKRET DVERI - PATRIOTSKI BLOK</t>
   </si>
   <si>
     <t>Srpski pokret Dveri</t>
   </si>
   <si>
     <t>Ivan Kostić</t>
   </si>
   <si>
     <t>Tamara Milenković Kerković</t>
   </si>
   <si>
     <t>Boško Obradović</t>
   </si>
   <si>
     <t>Borko Puškić</t>
   </si>