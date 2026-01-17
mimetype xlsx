--- v1 (2025-12-13)
+++ v2 (2026-01-17)
@@ -833,51 +833,51 @@
   <si>
     <t>Dejana Vasić</t>
   </si>
   <si>
     <t>Edis Durgutović</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Milovan Jakovljević</t>
   </si>
   <si>
     <t>SRPSKI POKRET DVERI - PATRIOTSKI BLOK</t>
   </si>
   <si>
     <t>Srpski pokret Dveri</t>
   </si>
   <si>
     <t>Ivan Kostić</t>
   </si>
   <si>
     <t>Tamara Milenković Kerković</t>
   </si>
   <si>
     <t>Boško Obradović</t>
   </si>
   <si>
     <t>Borko Puškić</t>
   </si>