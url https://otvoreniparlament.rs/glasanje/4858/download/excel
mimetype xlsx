--- v0 (2025-10-08)
+++ v1 (2025-12-22)
@@ -419,51 +419,51 @@
   <si>
     <t>Selma Kučević</t>
   </si>
   <si>
     <t>Aleksandar Olenik</t>
   </si>
   <si>
     <t>Zajedno za Vojvodinu</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Biljana Dragić</t>
   </si>
   <si>
     <t>Pokret obnove Kraljevine Srbije</t>
   </si>
   <si>
     <t>Miloš Parandilović</t>
   </si>
   <si>
     <t>Novo lice Srbije</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Usame Zukorlić</t>
   </si>
   <si>
     <t>Stranka pravde i pomirenja</t>
   </si>
   <si>
     <t>Jahja Fehratović</t>
   </si>
   <si>
     <t>Zaim Redžepović</t>
   </si>
   <si>
     <t>Mirko Ostrogonac</t>
   </si>
   <si>
     <t>Demokratski savez Hrvata u Vojvodini</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>Nataša Bogunović</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dejan Radenković</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Zvonimir Stević</t>
   </si>