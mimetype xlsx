--- v0 (2025-10-09)
+++ v1 (2025-12-18)
@@ -431,51 +431,51 @@
   <si>
     <t>Nataša Bogunović</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dejan Radenković</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>Selma Kučević</t>
   </si>
   <si>
     <t>Aleksandar Olenik</t>
   </si>
   <si>
     <t>Zajedno za Vojvodinu</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Biljana Dragić</t>
   </si>
   <si>
     <t>Pokret obnove Kraljevine Srbije</t>
   </si>
   <si>
     <t>Miloš Parandilović</t>
   </si>
   <si>
     <t>Novo lice Srbije</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Aleksandar Jerković</t>
   </si>
   <si>
     <t>Bunjevci građani Srbije</t>
   </si>
   <si>
     <t>Miloratka Bojović</t>
   </si>
   <si>
     <t>NADA - NOVI DSS - POKS</t>
   </si>
   <si>
     <t>Nova Demokratska stranka Srbije</t>
   </si>
   <si>
     <t>Gorica Gajić</t>
   </si>
   <si>
     <t>Miloš Jovanović</t>
   </si>
   <si>
     <t>Predrag Marsenić</t>
   </si>