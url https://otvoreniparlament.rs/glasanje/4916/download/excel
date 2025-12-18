--- v0 (2025-10-08)
+++ v1 (2025-12-18)
@@ -38,51 +38,51 @@
   <si>
     <t>Glas</t>
   </si>
   <si>
     <t>Ime i prezime</t>
   </si>
   <si>
     <t>Poslanički klub</t>
   </si>
   <si>
     <t>Politička partija</t>
   </si>
   <si>
     <t>Za</t>
   </si>
   <si>
     <t>Biljana Dragić</t>
   </si>
   <si>
     <t>Narodni poslanici koji nisu članovi poslaničkih grupa</t>
   </si>
   <si>
     <t>Pokret obnove Kraljevine Srbije</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Srpska napredna stranka</t>
   </si>
   <si>
     <t>Dragan Stojanović</t>
   </si>
   <si>
     <t>Srpska stranka Zavetnici</t>
   </si>
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Nije prisustvovao/la</t>
   </si>
   <si>
     <t>Dejan Bulatović</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Vladan Zagrađanin</t>
   </si>
   <si>
     <t>Vesna Ivković</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Dragovan Milinković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Sanja Ćalović</t>
   </si>