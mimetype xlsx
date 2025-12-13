--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -44,51 +44,51 @@
   <si>
     <t>Poslanički klub</t>
   </si>
   <si>
     <t>Politička partija</t>
   </si>
   <si>
     <t>Za</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Narodni poslanici koji nisu članovi poslaničkih grupa</t>
   </si>
   <si>
     <t>Srpska napredna stranka</t>
   </si>
   <si>
     <t>Biljana Dragić</t>
   </si>
   <si>
     <t>Pokret obnove Kraljevine Srbije</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Dragan Stojanović</t>
   </si>
   <si>
     <t>Srpska stranka Zavetnici</t>
   </si>
   <si>
     <t>Nije prisustvovao/la</t>
   </si>
   <si>
     <t>Dejan Bulatović</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Enis Imamović</t>
   </si>
   <si>
     <t>Stranka demokratske akcije Sandžaka</t>
   </si>
   <si>
     <t>Šaip Kamberi</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Vladan Zagrađanin</t>
   </si>
   <si>
     <t>Vesna Ivković</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Dragovan Milinković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Sanja Ćalović</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>Dejan Šulkić</t>
   </si>
   <si>
     <t>Nenad Tomašević</t>
   </si>
   <si>
     <t>Branko Vukajlović</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Rozalija Ekres</t>
   </si>
   <si>
     <t>Savez vojvođanskih Mađara</t>
   </si>
   <si>
     <t>Elvira Kovač</t>
   </si>
   <si>
     <t>Balint Pastor</t>
   </si>
   <si>
     <t>Žombor Ujvari</t>
   </si>
   <si>
     <t>Akoš Ujhelji</t>
   </si>