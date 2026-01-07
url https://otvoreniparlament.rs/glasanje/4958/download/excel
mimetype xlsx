--- v1 (2025-12-13)
+++ v2 (2026-01-07)
@@ -677,51 +677,51 @@
   <si>
     <t>Dejan Šulkić</t>
   </si>
   <si>
     <t>Nenad Tomašević</t>
   </si>
   <si>
     <t>Branko Vukajlović</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Rozalija Ekres</t>
   </si>
   <si>
     <t>Savez vojvođanskih Mađara</t>
   </si>
   <si>
     <t>Elvira Kovač</t>
   </si>
   <si>
     <t>Balint Pastor</t>
   </si>
   <si>
     <t>Žombor Ujvari</t>
   </si>
   <si>
     <t>Akoš Ujhelji</t>
   </si>