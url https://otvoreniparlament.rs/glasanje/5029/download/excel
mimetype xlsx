--- v0 (2025-10-08)
+++ v1 (2025-12-17)
@@ -323,51 +323,51 @@
   <si>
     <t>Tamara Pilipović</t>
   </si>
   <si>
     <t>Marina Raguš</t>
   </si>
   <si>
     <t>Stojan Radenović</t>
   </si>
   <si>
     <t>Dragana Radinović</t>
   </si>
   <si>
     <t>Dušan Radojević</t>
   </si>
   <si>
     <t>Zoran Radojičić</t>
   </si>
   <si>
     <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Nenad Ristović</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Srđan Simić</t>
   </si>
   <si>
     <t>Ivana Srbulović</t>
   </si>
   <si>
     <t>Rodoljub Stanimirović</t>
   </si>
   <si>
     <t>Dragan Stojanović</t>
   </si>
   <si>
     <t>Srpska stranka Zavetnici</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Momir Stojilković</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>Uglješa Grgur</t>
   </si>
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Vesna Ivković</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Dragovan Milinković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Sanja Ćalović</t>
   </si>