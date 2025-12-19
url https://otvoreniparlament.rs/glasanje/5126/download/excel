--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -332,51 +332,51 @@
   <si>
     <t>Svetozar Vujačić</t>
   </si>
   <si>
     <t>Milimir Vujadinović</t>
   </si>
   <si>
     <t>Danijela Nikolić</t>
   </si>
   <si>
     <t>Jelena Žarić Kovačević</t>
   </si>
   <si>
     <t>Dragan Stojanović</t>
   </si>
   <si>
     <t>Srpska stranka Zavetnici</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Borislava Perić-Ranković</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Nataša Jovanović</t>
   </si>
   <si>
     <t>Dalibor Šćekić</t>
   </si>
   <si>
     <t>Srđan Simić</t>
   </si>
   <si>
     <t>Andrijana Aleksandrov</t>
   </si>
   <si>
     <t>Sandra Joković</t>
   </si>
   <si>
     <t>Đorđe Todorović</t>
   </si>
   <si>
     <t>Marija Todorović</t>
   </si>
   <si>
     <t>Milan Glušac</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dejan Radenković</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Vladan Zagrađanin</t>
   </si>