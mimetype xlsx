--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -278,51 +278,51 @@
   <si>
     <t>Marina Raguš</t>
   </si>
   <si>
     <t>Stojan Radenović</t>
   </si>
   <si>
     <t>Milan Radin</t>
   </si>
   <si>
     <t>Dragana Radinović</t>
   </si>
   <si>
     <t>Dušan Radojević</t>
   </si>
   <si>
     <t>Zoran Radojičić</t>
   </si>
   <si>
     <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Marijan Rističević</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Srđan Simić</t>
   </si>
   <si>
     <t>Ivana Srbulović</t>
   </si>
   <si>
     <t>Rodoljub Stanimirović</t>
   </si>
   <si>
     <t>Dragan Stojanović</t>
   </si>
   <si>
     <t>Srpska stranka Zavetnici</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Momir Stojilković</t>
   </si>
   <si>
     <t>Nataša Tasić Knežević</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Vladan Zagrađanin</t>
   </si>
   <si>
     <t>Vesna Ivković</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Dragovan Milinković</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Sanja Ćalović</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>Đorđe Kosanić</t>
   </si>
   <si>
     <t>Dejan Manić</t>
   </si>
   <si>
     <t>Života Starčević</t>
   </si>
   <si>
     <t>Dragan D. Marković</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>Rozalija Ekres</t>
   </si>
   <si>
     <t>Savez vojvođanskih Mađara</t>
   </si>
   <si>
     <t>Elvira Kovač</t>
   </si>
   <si>
     <t>Žombor Ujvari</t>
   </si>
   <si>
     <t>Akoš Ujhelji</t>
   </si>