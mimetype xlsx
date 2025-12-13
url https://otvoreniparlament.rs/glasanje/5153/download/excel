--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -329,51 +329,51 @@
   <si>
     <t>Svetozar Vujačić</t>
   </si>
   <si>
     <t>Milimir Vujadinović</t>
   </si>
   <si>
     <t>Danijela Nikolić</t>
   </si>
   <si>
     <t>Jelena Žarić Kovačević</t>
   </si>
   <si>
     <t>Dragan Stojanović</t>
   </si>
   <si>
     <t>Srpska stranka Zavetnici</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Borislava Perić-Ranković</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Nataša Jovanović</t>
   </si>
   <si>
     <t>Dalibor Šćekić</t>
   </si>
   <si>
     <t>Srđan Simić</t>
   </si>
   <si>
     <t>Andrijana Aleksandrov</t>
   </si>
   <si>
     <t>Sandra Joković</t>
   </si>
   <si>
     <t>Đorđe Todorović</t>
   </si>
   <si>
     <t>Marija Todorović</t>
   </si>
   <si>
     <t>Milan Glušac</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>Nataša Bogunović</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Zoltan Dani</t>
   </si>
   <si>
     <t>Vladimir Đukić</t>
   </si>
   <si>
     <t>Tatjana Jovanović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ratko Nikolić</t>
   </si>
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dejan Radenković</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>Jasmina Karanac</t>
   </si>
   <si>
     <t>Dejana Vasić</t>
   </si>
   <si>
     <t>Edis Durgutović</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Milovan Jakovljević</t>
   </si>
   <si>
     <t>SRPSKI POKRET DVERI - PATRIOTSKI BLOK</t>
   </si>
   <si>
     <t>Srpski pokret Dveri</t>
   </si>
   <si>
     <t>Ivan Kostić</t>
   </si>
   <si>
     <t>Tamara Milenković Kerković</t>
   </si>
   <si>
     <t>Boško Obradović</t>
   </si>