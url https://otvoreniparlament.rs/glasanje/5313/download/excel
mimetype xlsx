--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -299,57 +299,57 @@
   <si>
     <t>Stojan Radenović</t>
   </si>
   <si>
     <t>Milan Radin</t>
   </si>
   <si>
     <t>Dragana Radinović</t>
   </si>
   <si>
     <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Goran Rakić</t>
   </si>
   <si>
     <t>Željko Rebrača</t>
   </si>
   <si>
-    <t>Igor D. Jakšić</t>
+    <t>Igor Jakšić</t>
   </si>
   <si>
     <t>Nenad Ristović</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
     <t>Ivana Stamatović</t>
   </si>
   <si>
     <t>Katarina Stojanović</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Sanela Strainović</t>
   </si>
   <si>
     <t>Radovan Tvrdišić</t>
   </si>
   <si>
     <t>Dejan Tomašević</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>Dragan D. Marković</t>
   </si>
   <si>
     <t>Života Starčević</t>
   </si>
   <si>
     <t>Nenad Filipović</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
   <si>
     <t>Socijalistička partija Srbije</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Vladan Zagrađanin</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Marko Milošević</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Branko Ružić</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>Balint Pastor</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Edin Numanović</t>
   </si>
   <si>
     <t>Narodni poslanici koji nisu članovi poslaničkih grupa</t>
   </si>
   <si>
     <t>Stranka pravde i pomirenja</t>
   </si>
   <si>
     <t>Protiv</t>
   </si>
   <si>
     <t>Selma Kučević</t>
   </si>
   <si>
     <t>Stranka demokratske akcije Sandžaka</t>
   </si>
   <si>
     <t>Anna Oreg</t>
   </si>
   <si>
     <t>Građanska demokratska partija</t>
   </si>
@@ -890,51 +890,51 @@
   <si>
     <t>Sonja Pernat</t>
   </si>
   <si>
     <t>Irena Živković</t>
   </si>
   <si>
     <t>Đorđo Đorđić</t>
   </si>
   <si>
     <t>Tijana Perić Diligenski</t>
   </si>
   <si>
     <t>SRBIJA CENTAR - SRCE</t>
   </si>
   <si>
     <t>Srbija centar</t>
   </si>
   <si>
     <t>Zdravko Ponoš</t>
   </si>
   <si>
     <t>Dragan Delić</t>
   </si>
   <si>
-    <t>Tatjana Marković Topalović</t>
+    <t>Tatjana Marković-Topalović</t>
   </si>
   <si>
     <t>Slobodan Cvejić</t>
   </si>
   <si>
     <t>Stefan Janjić</t>
   </si>
   <si>
     <t>Slobodan Ilić</t>
   </si>
   <si>
     <t>Slobodan Petrović</t>
   </si>
   <si>
     <t>Verica Milanović</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>