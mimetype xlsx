--- v1 (2025-12-13)
+++ v2 (2026-01-08)
@@ -299,51 +299,51 @@
   <si>
     <t>Stojan Radenović</t>
   </si>
   <si>
     <t>Milan Radin</t>
   </si>
   <si>
     <t>Dragana Radinović</t>
   </si>
   <si>
     <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Goran Rakić</t>
   </si>
   <si>
     <t>Željko Rebrača</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Nenad Ristović</t>
   </si>
   <si>
     <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
     <t>Ivana Stamatović</t>
   </si>
   <si>
     <t>Katarina Stojanović</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Sanela Strainović</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>Balint Pastor</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Edin Numanović</t>
   </si>
   <si>
     <t>Narodni poslanici koji nisu članovi poslaničkih grupa</t>
   </si>
   <si>
     <t>Stranka pravde i pomirenja</t>
   </si>
   <si>
     <t>Protiv</t>
   </si>
   <si>
     <t>Selma Kučević</t>
   </si>
   <si>
     <t>Stranka demokratske akcije Sandžaka</t>
   </si>
   <si>
     <t>Anna Oreg</t>
   </si>
   <si>
     <t>Građanska demokratska partija</t>
   </si>