--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -326,51 +326,51 @@
   <si>
     <t>Olivera Denić</t>
   </si>
   <si>
     <t>Zoran Dragišić</t>
   </si>
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Miloš Gnjidić</t>
   </si>
   <si>
     <t>Uglješa Mrdić</t>
   </si>
   <si>
     <t>Darko Jovanović</t>
   </si>
   <si>
     <t>Biljana Ilić-Stošić</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Dalibor Šćekić</t>
   </si>
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Miodrag Linta</t>
   </si>
   <si>
     <t>Sanja Milošević</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Nataša Ivanović</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>Marija Jevđić</t>
   </si>
   <si>
     <t>Nenad Filipović</t>
   </si>
   <si>
     <t>Zagorka Aleksić</t>
   </si>
   <si>
     <t>Marko Milošević</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
   <si>
     <t>Socijalistička partija Srbije</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Vladan Zagrađanin</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Branko Ružić</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>Sonja Pernat</t>
   </si>
   <si>
     <t>Irena Živković</t>
   </si>
   <si>
     <t>Đorđo Đorđić</t>
   </si>
   <si>
     <t>Tijana Perić Diligenski</t>
   </si>
   <si>
     <t>SRBIJA CENTAR - SRCE</t>
   </si>
   <si>
     <t>Srbija centar</t>
   </si>
   <si>
     <t>Zdravko Ponoš</t>
   </si>
   <si>
     <t>Dragan Delić</t>
   </si>
   <si>
-    <t>Tatjana Marković Topalović</t>
+    <t>Tatjana Marković-Topalović</t>
   </si>
   <si>
     <t>Slobodan Cvejić</t>
   </si>
   <si>
     <t>Stefan Janjić</t>
   </si>
   <si>
     <t>Slobodan Ilić</t>
   </si>
   <si>
     <t>Slobodan Petrović</t>
   </si>
   <si>
     <t>Protiv</t>
   </si>
   <si>
     <t>Verica Milanović</t>
   </si>
   <si>
     <t>Danijela Nestorović</t>
   </si>
   <si>
     <t>Ekološki ustanak</t>
   </si>