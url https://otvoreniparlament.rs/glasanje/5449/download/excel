--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -347,51 +347,51 @@
   <si>
     <t>Dragana Radinović</t>
   </si>
   <si>
     <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Goran Rakić</t>
   </si>
   <si>
     <t>Željko Rebrača</t>
   </si>
   <si>
     <t>Marijan Rističević</t>
   </si>
   <si>
     <t>Nenad Ristović</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
     <t>Vesna Stanković</t>
   </si>
   <si>
     <t>Dane Stanojčić</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Katarina Stojanović</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Sanela Strainović</t>
   </si>
   <si>
     <t>Radovan Tvrdišić</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>Edis Durgutović</t>
   </si>
   <si>
     <t>Aleksandar Antić</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
   <si>
     <t>Socijalistička partija Srbije</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>Nataša Bogunović</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Marko Milošević</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Branko Ružić</t>
   </si>
   <si>
     <t>Igor Braunović</t>
   </si>
   <si>
     <t>Aleksandra Pavlović Marković</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>Mila Popović</t>
   </si>
   <si>
     <t>Jelena Spirić</t>
   </si>
   <si>
     <t>Dalibor Jekić</t>
   </si>
   <si>
     <t>Tijana Perić Diligenski</t>
   </si>
   <si>
     <t>SRBIJA CENTAR - SRCE</t>
   </si>
   <si>
     <t>Srbija centar</t>
   </si>
   <si>
     <t>Zdravko Ponoš</t>
   </si>
   <si>
     <t>Dragan Delić</t>
   </si>
   <si>
-    <t>Tatjana Marković Topalović</t>
+    <t>Tatjana Marković-Topalović</t>
   </si>
   <si>
     <t>Slobodan Cvejić</t>
   </si>
   <si>
     <t>Stefan Janjić</t>
   </si>
   <si>
     <t>Slobodan Ilić</t>
   </si>
   <si>
     <t>Slobodan Petrović</t>
   </si>
   <si>
     <t>Verica Milanović</t>
   </si>
   <si>
     <t>Danijela Nestorović</t>
   </si>
   <si>
     <t>Ekološki ustanak</t>
   </si>
   <si>
     <t>Aleksandar Jovanović</t>
   </si>