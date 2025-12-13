--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -308,81 +308,81 @@
   <si>
     <t>Sanela Strainović</t>
   </si>
   <si>
     <t>Olivera Denić</t>
   </si>
   <si>
     <t>Zoran Dragišić</t>
   </si>
   <si>
     <t>Žika Gojković</t>
   </si>
   <si>
     <t>Miloš Gnjidić</t>
   </si>
   <si>
     <t>Uglješa Mrdić</t>
   </si>
   <si>
     <t>Darko Jovanović</t>
   </si>
   <si>
     <t>Biljana Ilić-Stošić</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Dalibor Šćekić</t>
   </si>
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Miodrag Linta</t>
   </si>
   <si>
     <t>Sanja Milošević</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Nataša Ivanović</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
-    <t>Igor D. Jakšić</t>
+    <t>Igor Jakšić</t>
   </si>
   <si>
     <t>Dane Stanojčić</t>
   </si>
   <si>
     <t>Tatjana Petrović Stojković</t>
   </si>
   <si>
     <t>Mladen Grujić</t>
   </si>
   <si>
     <t>Nikola Bokan</t>
   </si>
   <si>
     <t>Aleksandra Tomić</t>
   </si>
   <si>
     <t>Vesna Stanković</t>
   </si>
   <si>
     <t>Zdravko Mladenović</t>
   </si>
   <si>
     <t>Marko Milenković</t>
   </si>
@@ -485,63 +485,63 @@
   <si>
     <t>Lidija Šarac</t>
   </si>
   <si>
     <t>Radomir Bojović</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
-    <t>Dragan M. Marković</t>
+    <t>Dragan Marković</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Marko Milošević</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Branko Ružić</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
   <si>
     <t>Zeleni Srbije</t>
   </si>
   <si>
     <t>Nataša Bogunović</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>Branko Miljuš</t>
   </si>
   <si>
     <t>Mila Popović</t>
   </si>
   <si>
     <t>Jelena Spirić</t>
   </si>
   <si>
     <t>Dalibor Jekić</t>
   </si>
   <si>
     <t>Tijana Perić Diligenski</t>
   </si>
   <si>
     <t>SRBIJA CENTAR - SRCE</t>
   </si>
   <si>
     <t>Zdravko Ponoš</t>
   </si>
   <si>
     <t>Dragan Delić</t>
   </si>
   <si>
-    <t>Tatjana Marković Topalović</t>
+    <t>Tatjana Marković-Topalović</t>
   </si>
   <si>
     <t>Slobodan Cvejić</t>
   </si>
   <si>
     <t>Stefan Janjić</t>
   </si>
   <si>
     <t>Slobodan Petrović</t>
   </si>
   <si>
     <t>Verica Milanović</t>
   </si>
   <si>
     <t>Danijela Nestorović</t>
   </si>
   <si>
     <t>Ekološki ustanak</t>
   </si>
   <si>
     <t>Aleksandar Jovanović</t>
   </si>
   <si>
     <t>Goran Petković</t>
   </si>