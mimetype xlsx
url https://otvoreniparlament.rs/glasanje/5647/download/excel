--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -338,51 +338,51 @@
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Miodrag Linta</t>
   </si>
   <si>
     <t>Sanja Milošević</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Nataša Ivanović</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Dane Stanojčić</t>
   </si>
   <si>
     <t>Tatjana Petrović Stojković</t>
   </si>
   <si>
     <t>Mladen Grujić</t>
   </si>
   <si>
     <t>Nikola Bokan</t>
   </si>
   <si>
     <t>Aleksandra Tomić</t>
   </si>
   <si>
     <t>Vesna Stanković</t>
   </si>
   <si>
     <t>Zdravko Mladenović</t>
   </si>
   <si>
     <t>Marko Milenković</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>Lidija Šarac</t>
   </si>
   <si>
     <t>Radomir Bojović</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Marko Milošević</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
   <si>
     <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Branko Ružić</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>