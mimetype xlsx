--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -392,51 +392,51 @@
   <si>
     <t>Dejan Tomašević</t>
   </si>
   <si>
     <t>Aleksandra Tomić</t>
   </si>
   <si>
     <t>Dubravka Filipovski</t>
   </si>
   <si>
     <t>Aleksandar Čotrić</t>
   </si>
   <si>
     <t>Sanja Džajić</t>
   </si>
   <si>
     <t>Dalibor Šćekić</t>
   </si>
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Uglješa Grgur</t>
   </si>
   <si>
-    <t>Vesna Savović Petković</t>
+    <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Ana Brnabić</t>
   </si>
   <si>
     <t>Marija Zdravković</t>
   </si>
   <si>
     <t>Ljubica Vraneš</t>
   </si>
   <si>
     <t>Vladimir Đukanović</t>
   </si>
   <si>
     <t>Marijan Rističević</t>
   </si>
   <si>
     <t>Biljana Jakovljević</t>
   </si>
   <si>
     <t>Dragan Nikolić</t>
   </si>
   <si>
     <t>Andrijana Aleksandrov</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>Branimir Jovanović</t>
   </si>
   <si>
     <t>Jasmina Karanac</t>
   </si>
   <si>
     <t>Slađana Šušnjar</t>
   </si>
   <si>
     <t>Sanja Jefić Branković</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
   <si>
     <t>Nataša Bogunović</t>
   </si>
   <si>
     <t>Dubravka Kralj</t>
   </si>
   <si>
-    <t>Mirka Lukić-Šarkanović</t>
+    <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Uglješa Marković</t>
   </si>
   <si>
     <t>Marko Milošević</t>
   </si>
   <si>
     <t>Dijana Radović</t>
   </si>
   <si>
     <t>Andreja Savić</t>
   </si>
   <si>
     <t>Dunja Simonović Bratić</t>
   </si>
   <si>
     <t>Sanja Ćalović</t>
   </si>
   <si>
     <t>Branko Ružić</t>
   </si>
   <si>
     <t>Ivan Karić</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>Jovan Janjić</t>
   </si>
   <si>
     <t>Dragan Delić</t>
   </si>
   <si>
     <t>SRBIJA CENTAR - SRCE</t>
   </si>
   <si>
     <t>Stefan Janjić</t>
   </si>
   <si>
     <t>Verica Milanović</t>
   </si>
   <si>
     <t>Slobodan Petrović</t>
   </si>
   <si>
     <t>Zdravko Ponoš</t>
   </si>
   <si>
     <t>Tijana Perić Diligenski</t>
   </si>
   <si>
-    <t>Tatjana Marković Topalović</t>
+    <t>Tatjana Marković-Topalović</t>
   </si>
   <si>
     <t>Slobodan Cvejić</t>
   </si>
   <si>
     <t>Dragan Đilas</t>
   </si>
   <si>
     <t>Dalibor Jekić</t>
   </si>
   <si>
     <t>Jelena Milošević</t>
   </si>
   <si>
     <t>Branko Miljuš</t>
   </si>
   <si>
     <t>Peđa Mitrović</t>
   </si>
   <si>
     <t>Dušan Nikezić</t>
   </si>
   <si>
     <t>Mila Popović</t>
   </si>