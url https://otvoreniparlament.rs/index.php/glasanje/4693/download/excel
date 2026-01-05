--- v0 (2025-12-14)
+++ v1 (2026-01-05)
@@ -638,51 +638,51 @@
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Vojislav Vujić</t>
   </si>
   <si>
     <t>Marija Jevđić</t>
   </si>
   <si>
     <t>Zagorka Aleksić</t>
   </si>
   <si>
     <t>Aleksandar Jovanović PUPS</t>
   </si>
   <si>
     <t>Poslanička grupa PUPS - "Tri P"</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Mira Petrović</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Aco Petrović</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>Daniel Đivanović</t>
   </si>
   <si>
     <t>Poslanička grupa Savez vojvođanskih Mađara</t>
   </si>