--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -635,51 +635,51 @@
   <si>
     <t>Nenad Filipović</t>
   </si>
   <si>
     <t>Dragan D. Marković</t>
   </si>
   <si>
     <t>Zagorka Aleksić</t>
   </si>
   <si>
     <t>Slavenko Unković</t>
   </si>
   <si>
     <t>Aleksandar Jovanović PUPS</t>
   </si>
   <si>
     <t>Poslanička grupa PUPS - "Tri P"</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Mira Petrović</t>
   </si>
   <si>
     <t>Jelisaveta Veljković</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Aco Petrović</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>Daniel Đivanović</t>
   </si>
   <si>
     <t>Poslanička grupa Savez vojvođanskih Mađara</t>
   </si>