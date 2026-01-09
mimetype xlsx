--- v0 (2025-12-14)
+++ v1 (2026-01-09)
@@ -608,51 +608,51 @@
   <si>
     <t>Ivana Parlić</t>
   </si>
   <si>
     <t>Slavica Radovanović</t>
   </si>
   <si>
     <t>Sanda Rašković Ivić</t>
   </si>
   <si>
     <t>Đorđe Stanković</t>
   </si>
   <si>
     <t>Branislav Tomašević</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Rozalija Ekres</t>
   </si>
   <si>
     <t>Savez vojvođanskih Mađara</t>
   </si>
   <si>
     <t>Elvira Kovač</t>
   </si>
   <si>
     <t>Žombor Ujvari</t>
   </si>