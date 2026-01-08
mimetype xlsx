--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -599,51 +599,51 @@
   <si>
     <t>Janko Veselinović</t>
   </si>
   <si>
     <t>Momčilo Vuksanović</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Borisav Kovačević</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Rozalija Ekres</t>
   </si>
   <si>
     <t>Savez vojvođanskih Mađara</t>
   </si>
   <si>
     <t>Elvira Kovač</t>
   </si>
   <si>
     <t>Žombor Ujvari</t>
   </si>
   <si>
     <t>Akoš Ujhelji</t>
   </si>
   <si>
     <t>Balint Pastor</t>
   </si>
   <si>
     <t>Muamer Bačevac</t>
   </si>
   <si>
     <t>Socijaldemokratska partija Srbije</t>
   </si>