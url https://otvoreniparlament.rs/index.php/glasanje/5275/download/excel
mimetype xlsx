--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -365,51 +365,51 @@
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Miodrag Linta</t>
   </si>
   <si>
     <t>Sanja Milošević</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Nataša Ivanović</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Dane Stanojčić</t>
   </si>
   <si>
     <t>Tatjana Petrović Stojković</t>
   </si>
   <si>
     <t>Mladen Grujić</t>
   </si>
   <si>
     <t>Nikola Bokan</t>
   </si>
   <si>
     <t>Branko Vujković</t>
   </si>
   <si>
     <t>Protiv</t>
   </si>
   <si>
     <t>Bojan Torbica</t>
   </si>
   <si>
     <t>Pokret socijalista</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>Sanja Jefić Branković</t>
   </si>
   <si>
     <t>Slađana Šušnjar</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Dragan D. Marković</t>
   </si>
   <si>
     <t>Dragan Marković Palma - Jedinstvena Srbija</t>
   </si>
   <si>
     <t>Jedinstvena Srbija</t>
   </si>
   <si>
     <t>Života Starčević</t>
   </si>
   <si>
     <t>Marija Jevđić</t>
   </si>
   <si>
     <t>Nenad Filipović</t>
   </si>
   <si>
     <t>Zagorka Aleksić</t>
   </si>