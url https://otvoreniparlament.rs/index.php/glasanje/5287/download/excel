--- v0 (2025-12-14)
+++ v1 (2026-01-07)
@@ -308,51 +308,51 @@
   <si>
     <t>Stojan Radenović</t>
   </si>
   <si>
     <t>Milan Radin</t>
   </si>
   <si>
     <t>Dragana Radinović</t>
   </si>
   <si>
     <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Goran Rakić</t>
   </si>
   <si>
     <t>Željko Rebrača</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Nenad Ristović</t>
   </si>
   <si>
     <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
     <t>Ivana Stamatović</t>
   </si>
   <si>
     <t>Katarina Stojanović</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Sanela Strainović</t>
   </si>
@@ -539,51 +539,51 @@
   <si>
     <t>Bogdan Radovanović</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Edin Numanović</t>
   </si>
   <si>
     <t>Narodni poslanici koji nisu članovi poslaničkih grupa</t>
   </si>
   <si>
     <t>Stranka pravde i pomirenja</t>
   </si>
   <si>
     <t>Anna Oreg</t>
   </si>
   <si>
     <t>Građanska demokratska partija</t>
   </si>
   <si>
     <t>Pavle Grbović</t>
   </si>
   <si>
     <t>Vladimir Pajić</t>
   </si>
   <si>
     <t>Edin Đerlek</t>
   </si>