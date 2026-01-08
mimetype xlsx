--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -341,51 +341,51 @@
   <si>
     <t>Stojan Radenović</t>
   </si>
   <si>
     <t>Milan Radin</t>
   </si>
   <si>
     <t>Dragana Radinović</t>
   </si>
   <si>
     <t>Nikola Radosavljević</t>
   </si>
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Goran Rakić</t>
   </si>
   <si>
     <t>Željko Rebrača</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Marijan Rističević</t>
   </si>
   <si>
     <t>Nenad Ristović</t>
   </si>
   <si>
     <t>Vesna Savović-Petković</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
     <t>Katarina Stojanović</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Sanela Strainović</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>Žarko Ristić</t>
   </si>
   <si>
     <t>Narodni pokret Srbije</t>
   </si>
   <si>
     <t>Bogdana Koljević Grifit</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>Miloš Jovanović</t>
   </si>
   <si>
     <t>NOVI DSS - POKS (NADA)</t>
   </si>
   <si>
     <t>Nova Demokratska stranka Srbije</t>
   </si>
   <si>
     <t>Vojislav Mihailović</t>
   </si>
   <si>
     <t>Pokret obnove Kraljevine Srbije</t>
   </si>
   <si>
     <t>Predrag Marsenić</t>
   </si>