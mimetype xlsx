--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -389,51 +389,51 @@
   <si>
     <t>Aleksandra Tomić</t>
   </si>
   <si>
     <t>Bojan Torbica</t>
   </si>
   <si>
     <t>Dubravka Filipovski</t>
   </si>
   <si>
     <t>Aleksandar Čotrić</t>
   </si>
   <si>
     <t>Sanja Džajić</t>
   </si>
   <si>
     <t>Dalibor Šćekić</t>
   </si>
   <si>
     <t>Nije glasao/la</t>
   </si>
   <si>
     <t>Dane Stanojčić</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Goran Spasojević</t>
   </si>
   <si>
     <t>Ljubica Vraneš</t>
   </si>
   <si>
     <t>Dejan Tomašević</t>
   </si>
   <si>
     <t>Aleksandar Mirković</t>
   </si>
   <si>
     <t>Miloš Gnjidić</t>
   </si>
   <si>
     <t>Miloljub Albijanić</t>
   </si>
   <si>
     <t>ZDRAVA SRBIJA - RUSKA STRANKA - UJEDINjENA SELjAČKA STRANKA</t>
   </si>
   <si>
     <t>Zdrava Srbija</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>Vojislav Vujić</t>
   </si>
   <si>
     <t>Života Starčević</t>
   </si>
   <si>
     <t>Nenad Filipović</t>
   </si>
   <si>
     <t>Marija Jevđić</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>Boris Bajić</t>
   </si>
   <si>
     <t>Savez vojvođanskih Mađara</t>
   </si>
   <si>
     <t>Elvira Kovač</t>
   </si>
   <si>
     <t>Jožef Tobiaš</t>
   </si>
   <si>
     <t>Akoš Ujhelji</t>
   </si>