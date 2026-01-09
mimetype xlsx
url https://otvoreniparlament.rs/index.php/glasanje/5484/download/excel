--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -350,51 +350,51 @@
   <si>
     <t>Tanja Rađenović</t>
   </si>
   <si>
     <t>Ivan Rajičić</t>
   </si>
   <si>
     <t>Miodrag Linta</t>
   </si>
   <si>
     <t>Sanja Milošević</t>
   </si>
   <si>
     <t>Dušan Stojiljković</t>
   </si>
   <si>
     <t>Staša Stojanović</t>
   </si>
   <si>
     <t>Nataša Ivanović</t>
   </si>
   <si>
     <t>Nikola Lazić</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Dane Stanojčić</t>
   </si>
   <si>
     <t>Tatjana Petrović Stojković</t>
   </si>
   <si>
     <t>Mladen Grujić</t>
   </si>
   <si>
     <t>Nikola Bokan</t>
   </si>
   <si>
     <t>Branko Vujković</t>
   </si>
   <si>
     <t>Aleksandra Tomić</t>
   </si>
   <si>
     <t>Vesna Stanković</t>
   </si>
   <si>
     <t>Zdravko Mladenović</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>Slobodan Nikolić</t>
   </si>
   <si>
     <t>Ruska stranka</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Marko Milošević</t>
   </si>
   <si>
     <t>IVICA DAČIĆ - Socijalistička partija Srbije (SPS)</t>
   </si>
   <si>
     <t>Socijalistička partija Srbije</t>
   </si>
   <si>
     <t>Snežana Paunović</t>
   </si>
   <si>
     <t>Mirka Lukić Šarkanović</t>
   </si>
   <si>
     <t>Branko Ružić</t>
   </si>
   <si>
     <t>Dušan Bajatović</t>
   </si>