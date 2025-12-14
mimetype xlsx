--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -167,51 +167,51 @@
   <si>
     <t>Olivera Denić</t>
   </si>
   <si>
     <t>Zoran Dragišić</t>
   </si>
   <si>
     <t>Milovan Drecun</t>
   </si>
   <si>
     <t>Nevena Đurić</t>
   </si>
   <si>
     <t>Vesna Đurišić</t>
   </si>
   <si>
     <t>Lepomir Ivković</t>
   </si>
   <si>
     <t>Sonja Ilić</t>
   </si>
   <si>
     <t>Biljana Ilić-Stošić</t>
   </si>
   <si>
-    <t>Igor Jakšić</t>
+    <t>Igor D. Jakšić</t>
   </si>
   <si>
     <t>Tomislav Janković</t>
   </si>
   <si>
     <t>Stanislava Janošević</t>
   </si>
   <si>
     <t>Milenko Jovanov</t>
   </si>
   <si>
     <t>Darko Jovanović</t>
   </si>
   <si>
     <t>Dragan Jovanović</t>
   </si>
   <si>
     <t>Nataša Jovanović</t>
   </si>
   <si>
     <t>Snežana Jovanović</t>
   </si>
   <si>
     <t>Branislav Josifović</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>Branko Lukić</t>
   </si>
   <si>
     <t>Aleksandar Đukić</t>
   </si>
   <si>
     <t>PUPS - solidarnost i pravda</t>
   </si>
   <si>
     <t>Partija ujedinjenih penzionera, poljoprivrednika i proletera Srbije – Solidarnost i pravda</t>
   </si>
   <si>
     <t>Risto Kostov</t>
   </si>
   <si>
     <t>Stefan Krkobabić</t>
   </si>
   <si>
     <t>Ilo Mihajlovski</t>
   </si>
   <si>
     <t>Hadži Milorad Stošić</t>
   </si>
   <si>
-    <t>Dragan Marković</t>
+    <t>Dragan M. Marković</t>
   </si>
   <si>
     <t>Boris Bajić</t>
   </si>
   <si>
     <t>Savez vojvođanskih Mađara</t>
   </si>
   <si>
     <t>Elvira Kovač</t>
   </si>
   <si>
     <t>Jožef Tobiaš</t>
   </si>
   <si>
     <t>Akoš Ujhelji</t>
   </si>
   <si>
     <t>Emeše Uri</t>
   </si>
   <si>
     <t>Balint Pastor</t>
   </si>
   <si>
     <t>Muamer Bačevac</t>
   </si>